--- v0 (2025-10-08)
+++ v1 (2026-01-20)
@@ -43,51 +43,50 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9777" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4888"/>
         <w:gridCol w:w="4889"/>
       </w:tblGrid>
       <w:tr w:rsidR="008D3423" w:rsidRPr="00FB2CE4" w14:paraId="26135EA9" w14:textId="77777777" w:rsidTr="00A31D7A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4888" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="26135EA1" w14:textId="77777777" w:rsidR="00390106" w:rsidRPr="00CB4848" w:rsidRDefault="008D3423" w:rsidP="00636CCD">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB4848">
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
               <w:t>Д</w:t>
             </w:r>
             <w:r w:rsidRPr="00CB4848">
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
@@ -364,51 +363,50 @@
             <w:r w:rsidRPr="00CB4848">
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:b w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>............................</w:t>
             </w:r>
             <w:r w:rsidRPr="00CB4848">
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="1"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4889" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="26135EA5" w14:textId="77777777" w:rsidR="00357744" w:rsidRDefault="008D3423" w:rsidP="00CB4848">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB4848">
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
               <w:t>Вх</w:t>
             </w:r>
             <w:r w:rsidRPr="00CB4848">
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
@@ -7334,111 +7332,182 @@
       </w:r>
       <w:r w:rsidRPr="00342D64">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:bCs/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26135ED6" w14:textId="77777777" w:rsidR="00CB7F99" w:rsidRPr="00237DE9" w:rsidRDefault="00CB7F99" w:rsidP="00D20984">
       <w:pPr>
         <w:spacing w:before="60"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="26135ED7" w14:textId="47F4A02C" w:rsidR="00D20984" w:rsidRPr="00237DE9" w:rsidRDefault="00A57A64" w:rsidP="00D20984">
+    <w:p w14:paraId="26135ED7" w14:textId="6C334C53" w:rsidR="00D20984" w:rsidRPr="00237DE9" w:rsidRDefault="00A57A64" w:rsidP="00D20984">
       <w:pPr>
         <w:spacing w:before="60"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00042A5B">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>7.</w:t>
       </w:r>
       <w:r w:rsidRPr="00042A5B">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D20984" w:rsidRPr="00042A5B">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
-        <w:t xml:space="preserve">Известно ми е, че за извършване на услугата следва да бъде заплатена дължимата съгласно Приложение 2 – „Цени и механизъм за ценообразуване“ от ОУ на ЕР Юг цена, изчислена на база единичната такава от </w:t>
+        <w:t>Известно ми е, че за извършване на услугата следва да бъде заплатена дължимата съгласно Приложение 2 – „Цени и механизъм за ценообразуване“ от ОУ на ЕР Юг цена, изчислена на база единичната такава от</w:t>
+      </w:r>
+      <w:r w:rsidR="00342383">
+        <w:rPr>
+          <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+          <w:bCs/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00342383" w:rsidRPr="00342383">
+        <w:rPr>
+          <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+          <w:bCs/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>76,69 евро</w:t>
+      </w:r>
+      <w:r w:rsidR="00342383">
+        <w:rPr>
+          <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+          <w:bCs/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> /</w:t>
+      </w:r>
+      <w:r w:rsidR="00D20984" w:rsidRPr="00042A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+          <w:bCs/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00042A5B" w:rsidRPr="00042A5B">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>150</w:t>
       </w:r>
       <w:r w:rsidR="00D20984" w:rsidRPr="00042A5B">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
-        <w:t xml:space="preserve"> лв. с включен ДДС.</w:t>
+        <w:t xml:space="preserve"> лв</w:t>
+      </w:r>
+      <w:r w:rsidR="00D20984" w:rsidRPr="00342383">
+        <w:rPr>
+          <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+          <w:bCs/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00342383">
+        <w:rPr>
+          <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D20984" w:rsidRPr="00042A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+          <w:bCs/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>с включен ДДС.</w:t>
       </w:r>
       <w:r w:rsidR="00D20984" w:rsidRPr="00237DE9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidR="00D20984" w:rsidRPr="00237DE9">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26135ED8" w14:textId="77777777" w:rsidR="00D20984" w:rsidRPr="00237DE9" w:rsidRDefault="00D20984" w:rsidP="00D20984">
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -9618,51 +9687,51 @@
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="280" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:spacing w:val="4"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10129" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2790"/>
         <w:gridCol w:w="7339"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00675B84" w:rsidRPr="00F2574C" w14:paraId="12929EA9" w14:textId="77777777" w:rsidTr="00675B84">
+      <w:tr w:rsidR="00675B84" w:rsidRPr="003D46EE" w14:paraId="12929EA9" w14:textId="77777777" w:rsidTr="00675B84">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2790" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6AE8D4BE" w14:textId="77777777" w:rsidR="00675B84" w:rsidRPr="00675B84" w:rsidRDefault="00675B84" w:rsidP="00675B84">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="4"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="01366C5F" w14:textId="77777777" w:rsidR="00675B84" w:rsidRPr="00675B84" w:rsidRDefault="00675B84" w:rsidP="00675B84">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
@@ -10904,62 +10973,51 @@
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
       <w:r w:rsidR="00B67EAD" w:rsidRPr="002F6180">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
-        <w:t xml:space="preserve">В </w:t>
-[...10 lines deleted...]
-        <w:t>случаите на представителство по пълномощие се представя изрично пълномощно, с което на упълномощеното лице са предоставени правата да представлява оператора на ЕСМ пред ЕР Юг за целите, за които се депозира конкретния</w:t>
+        <w:t>В случаите на представителство по пълномощие се представя изрично пълномощно, с което на упълномощеното лице са предоставени правата да представлява оператора на ЕСМ пред ЕР Юг за целите, за които се депозира конкретния</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>т</w:t>
       </w:r>
       <w:r w:rsidR="00B67EAD" w:rsidRPr="002F6180">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> документ.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26135EFE" w14:textId="485A6699" w:rsidR="00215C16" w:rsidRPr="002F6180" w:rsidRDefault="00215C16" w:rsidP="00FA53B0">
@@ -11299,148 +11357,148 @@
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                       <a:extLst>
                         <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                           <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                             <a:solidFill>
                               <a:srgbClr val="FFFFFF"/>
                             </a:solidFill>
                           </a14:hiddenFill>
                         </a:ext>
                         <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                           <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                             <a:solidFill>
                               <a:srgbClr val="000000"/>
                             </a:solidFill>
                             <a:miter lim="800000"/>
                             <a:headEnd/>
                             <a:tailEnd/>
                           </a14:hiddenLine>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="31FBE3D8" w14:textId="3F141EA6" w:rsidR="00FE0C1F" w:rsidRPr="00E36DA4" w:rsidRDefault="00FE0C1F" w:rsidP="00F57ADF">
+                        <w:p w14:paraId="31FBE3D8" w14:textId="77570F4C" w:rsidR="00FE0C1F" w:rsidRPr="00E36DA4" w:rsidRDefault="00FE0C1F" w:rsidP="00F57ADF">
                           <w:pPr>
                             <w:rPr>
                               <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="14"/>
                               <w:lang w:val="en-US"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="14"/>
                               <w:lang w:val="en-US"/>
                             </w:rPr>
                             <w:t>NA</w:t>
                           </w:r>
                           <w:r w:rsidR="00E36DA4">
                             <w:rPr>
                               <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="14"/>
                               <w:lang w:val="en-US"/>
                             </w:rPr>
                             <w:t>002-</w:t>
                           </w:r>
-                          <w:r w:rsidR="00F2574C">
+                          <w:r w:rsidR="003D46EE">
                             <w:rPr>
                               <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="14"/>
                               <w:lang w:val="en-US"/>
                             </w:rPr>
-                            <w:t>0525</w:t>
+                            <w:t>0126</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="vert270" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="26135F0B" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Text Box 1" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:-47.7pt;margin-top:743.35pt;width:28.95pt;height:89.95pt;z-index:251666432;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAuyVrJ4AEAAKQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjh202Qz4hRdiw4D&#10;ugvQ7QNkWbKF2aJGKbHz96PkNM22t2EvgkjKhzyHx9ubaejZQaE3YCueL5acKSuhMbat+PdvD2/e&#10;cuaDsI3owaqKH5XnN7vXr7ajK1UBHfSNQkYg1pejq3gXgiuzzMtODcIvwClLRQ04iEAhtlmDYiT0&#10;oc+K5XKdjYCNQ5DKe8rez0W+S/haKxm+aO1VYH3FabaQTkxnHc9stxVli8J1Rp7GEP8wxSCMpaZn&#10;qHsRBNuj+QtqMBLBgw4LCUMGWhupEgdiky//YPPUCacSFxLHu7NM/v/Bys+HJ/cVWZjew0QLTCS8&#10;ewT5wzMLd52wrbpFhLFToqHGeZQsG50vT59GqX3pI0g9foKGliz2ARLQpHGIqhBPRui0gONZdDUF&#10;Jil5td6s19ecSSrl+aq4oiC2EOXz1w59+KBgYPFScaSlJnRxePRhfvr8JDaz8GD6Pi22t78lCDNm&#10;0vRx4Hn0MNUTvY4samiOxANh9gn5mi7xLDY0+0g2qbj/uReoOOs/WpLjXb5aRV+lYHW9KSjAy0p9&#10;WRFWdkDuC5zN17swe3Hv0LQdNZsXYOGWJNQmsXsZ7DQ6WSHpc7Jt9NplnF69/Fy7XwAAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAET+MsTjAAAADQEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwzAMhe9I/IfI&#10;SNy6FLZ1ozSdEIhJXKatwIFb2pi2onFKk63dv8ecwDf7PT1/L9tMthMnHHzrSMHNLAaBVDnTUq3g&#10;7fU5WoPwQZPRnSNUcEYPm/zyItOpcSMd8FSEWnAI+VQraELoUyl91aDVfuZ6JNY+3WB14HWopRn0&#10;yOG2k7dxnEirW+IPje7xscHqqzhaBe/l7twd+vlH3I4v+2n7vS+etrVS11fTwz2IgFP4M8MvPqND&#10;zkylO5LxolMQ3S0XbGVhsU5WINgSzVdLECWfEh6QeSb/t8h/AAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAC7JWsngAQAApAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAET+MsTjAAAADQEAAA8AAAAAAAAAAAAAAAAAOgQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAABKBQAAAAA=&#10;" filled="f" stroked="f">
               <v:textbox style="layout-flow:vertical;mso-layout-flow-alt:bottom-to-top">
                 <w:txbxContent>
-                  <w:p w14:paraId="31FBE3D8" w14:textId="3F141EA6" w:rsidR="00FE0C1F" w:rsidRPr="00E36DA4" w:rsidRDefault="00FE0C1F" w:rsidP="00F57ADF">
+                  <w:p w14:paraId="31FBE3D8" w14:textId="77570F4C" w:rsidR="00FE0C1F" w:rsidRPr="00E36DA4" w:rsidRDefault="00FE0C1F" w:rsidP="00F57ADF">
                     <w:pPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="14"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="14"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
                       <w:t>NA</w:t>
                     </w:r>
                     <w:r w:rsidR="00E36DA4">
                       <w:rPr>
                         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="14"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
                       <w:t>002-</w:t>
                     </w:r>
-                    <w:r w:rsidR="00F2574C">
+                    <w:r w:rsidR="003D46EE">
                       <w:rPr>
                         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="14"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
-                      <w:t>0525</w:t>
+                      <w:t>0126</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="26135EFF" w14:textId="77777777" w:rsidR="00636CCD" w:rsidRDefault="00636CCD" w:rsidP="00163192">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="26135F00" w14:textId="77777777" w:rsidR="00636CCD" w:rsidRDefault="00636CCD" w:rsidP="00163192">
@@ -12643,80 +12701,81 @@
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1220746442">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="547960618">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="459612780">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="853037354">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1841967563">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1404331687">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="124"/>
+  <w:zoom w:percent="120"/>
   <w:displayBackgroundShape/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="ViN8sA01ffOlIHEep4maAh/ySHOu9/IJbDVhpo7z9CFtfbja2PPIB2CpmjyjXKczJGTUU+iglSEUo3I4a8/uyA==" w:salt="7U+Ufup5+4r6PklaknXLDw=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="Rz6YEfxkW1T7AO/JiKAgmuiv4QA7YUZRUoI282ItS0ibwWta0EgiBqlBkir7x5jRGomHAyu9L3c387vXa3DXzw==" w:salt="FFREvQDzNIEy3HHpPdPe+w=="/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="76801"/>
+    <o:shapedefaults v:ext="edit" spidmax="84993"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00434D25"/>
+    <w:rsid w:val="0000344D"/>
     <w:rsid w:val="000112E5"/>
     <w:rsid w:val="000268FB"/>
     <w:rsid w:val="00030F1B"/>
     <w:rsid w:val="00033258"/>
     <w:rsid w:val="00037E3A"/>
     <w:rsid w:val="00042A5B"/>
     <w:rsid w:val="00046601"/>
     <w:rsid w:val="000621B5"/>
     <w:rsid w:val="00062236"/>
     <w:rsid w:val="00065042"/>
     <w:rsid w:val="00074E32"/>
     <w:rsid w:val="00076DD3"/>
     <w:rsid w:val="00084A03"/>
     <w:rsid w:val="000B365F"/>
     <w:rsid w:val="000B70AB"/>
     <w:rsid w:val="000B7281"/>
     <w:rsid w:val="000C54E6"/>
     <w:rsid w:val="000E30BD"/>
     <w:rsid w:val="001309E4"/>
     <w:rsid w:val="00132B15"/>
     <w:rsid w:val="00143193"/>
     <w:rsid w:val="00155F38"/>
     <w:rsid w:val="0016003A"/>
     <w:rsid w:val="00163058"/>
     <w:rsid w:val="00163192"/>
@@ -12736,63 +12795,66 @@
     <w:rsid w:val="002030A6"/>
     <w:rsid w:val="002050B0"/>
     <w:rsid w:val="002142E0"/>
     <w:rsid w:val="00215C16"/>
     <w:rsid w:val="00216E49"/>
     <w:rsid w:val="00230234"/>
     <w:rsid w:val="00235202"/>
     <w:rsid w:val="002448EA"/>
     <w:rsid w:val="00251D22"/>
     <w:rsid w:val="00275A65"/>
     <w:rsid w:val="00277C5C"/>
     <w:rsid w:val="00284022"/>
     <w:rsid w:val="00292AE7"/>
     <w:rsid w:val="002A6274"/>
     <w:rsid w:val="002C2F1B"/>
     <w:rsid w:val="002E02D4"/>
     <w:rsid w:val="002E5041"/>
     <w:rsid w:val="002E5243"/>
     <w:rsid w:val="002F6180"/>
     <w:rsid w:val="002F7570"/>
     <w:rsid w:val="00303AA3"/>
     <w:rsid w:val="0031013D"/>
     <w:rsid w:val="00314F55"/>
     <w:rsid w:val="003153D5"/>
     <w:rsid w:val="0032019C"/>
+    <w:rsid w:val="003277E6"/>
     <w:rsid w:val="00332413"/>
     <w:rsid w:val="0033338F"/>
     <w:rsid w:val="00334E05"/>
     <w:rsid w:val="0034084A"/>
+    <w:rsid w:val="00342383"/>
     <w:rsid w:val="00342D64"/>
     <w:rsid w:val="00350730"/>
     <w:rsid w:val="00350C59"/>
     <w:rsid w:val="00351EC9"/>
     <w:rsid w:val="00357744"/>
     <w:rsid w:val="003804A7"/>
     <w:rsid w:val="00390106"/>
     <w:rsid w:val="0039349A"/>
     <w:rsid w:val="003951D9"/>
+    <w:rsid w:val="003D46EE"/>
     <w:rsid w:val="003E37BA"/>
     <w:rsid w:val="003E76BF"/>
     <w:rsid w:val="003F356B"/>
     <w:rsid w:val="003F3E55"/>
     <w:rsid w:val="003F768C"/>
     <w:rsid w:val="004102F8"/>
     <w:rsid w:val="00425A34"/>
     <w:rsid w:val="00434D25"/>
     <w:rsid w:val="00436EAC"/>
     <w:rsid w:val="004501BC"/>
     <w:rsid w:val="00454AED"/>
     <w:rsid w:val="00456324"/>
     <w:rsid w:val="00456F19"/>
     <w:rsid w:val="0046392E"/>
     <w:rsid w:val="0048382E"/>
     <w:rsid w:val="00485728"/>
     <w:rsid w:val="004927D9"/>
     <w:rsid w:val="004B2E54"/>
     <w:rsid w:val="004B307A"/>
     <w:rsid w:val="004B64A5"/>
     <w:rsid w:val="005026E3"/>
     <w:rsid w:val="005069BD"/>
     <w:rsid w:val="005223AC"/>
     <w:rsid w:val="00525243"/>
     <w:rsid w:val="00530D59"/>
@@ -12805,61 +12867,63 @@
     <w:rsid w:val="00575809"/>
     <w:rsid w:val="00587685"/>
     <w:rsid w:val="005B03E1"/>
     <w:rsid w:val="005B059C"/>
     <w:rsid w:val="005B3EB3"/>
     <w:rsid w:val="005B79F1"/>
     <w:rsid w:val="005C7229"/>
     <w:rsid w:val="005D1294"/>
     <w:rsid w:val="005E0A48"/>
     <w:rsid w:val="005E6D56"/>
     <w:rsid w:val="005F1A22"/>
     <w:rsid w:val="005F5B52"/>
     <w:rsid w:val="00611E18"/>
     <w:rsid w:val="006142C1"/>
     <w:rsid w:val="00614CBB"/>
     <w:rsid w:val="00622369"/>
     <w:rsid w:val="00626546"/>
     <w:rsid w:val="00630221"/>
     <w:rsid w:val="00630F1D"/>
     <w:rsid w:val="0063629C"/>
     <w:rsid w:val="00636CCD"/>
     <w:rsid w:val="0064075B"/>
     <w:rsid w:val="006636A5"/>
     <w:rsid w:val="006642ED"/>
     <w:rsid w:val="00666212"/>
+    <w:rsid w:val="00667B44"/>
     <w:rsid w:val="00672F50"/>
     <w:rsid w:val="00673E21"/>
     <w:rsid w:val="00675B84"/>
     <w:rsid w:val="00675CDB"/>
     <w:rsid w:val="00681CBC"/>
     <w:rsid w:val="00690CAE"/>
     <w:rsid w:val="006A53B4"/>
     <w:rsid w:val="006C56C9"/>
     <w:rsid w:val="006D0B3C"/>
     <w:rsid w:val="006D4AC3"/>
     <w:rsid w:val="006F7890"/>
+    <w:rsid w:val="0070177D"/>
     <w:rsid w:val="00710233"/>
     <w:rsid w:val="0071483E"/>
     <w:rsid w:val="00717CBA"/>
     <w:rsid w:val="0073082B"/>
     <w:rsid w:val="00771A2F"/>
     <w:rsid w:val="007773CC"/>
     <w:rsid w:val="00777BC5"/>
     <w:rsid w:val="00783170"/>
     <w:rsid w:val="00794B14"/>
     <w:rsid w:val="007A4C2D"/>
     <w:rsid w:val="007B2EEC"/>
     <w:rsid w:val="007B439F"/>
     <w:rsid w:val="007C525D"/>
     <w:rsid w:val="007F0FFD"/>
     <w:rsid w:val="00800CF4"/>
     <w:rsid w:val="00801EF4"/>
     <w:rsid w:val="00807F9C"/>
     <w:rsid w:val="008114FC"/>
     <w:rsid w:val="00822D48"/>
     <w:rsid w:val="0082408D"/>
     <w:rsid w:val="00826FB7"/>
     <w:rsid w:val="00840E37"/>
     <w:rsid w:val="00844F40"/>
     <w:rsid w:val="00845EF9"/>
     <w:rsid w:val="008513C4"/>
@@ -12868,160 +12932,164 @@
     <w:rsid w:val="008B78E7"/>
     <w:rsid w:val="008D3423"/>
     <w:rsid w:val="008E2018"/>
     <w:rsid w:val="008E219A"/>
     <w:rsid w:val="008F01A8"/>
     <w:rsid w:val="008F2A78"/>
     <w:rsid w:val="008F368A"/>
     <w:rsid w:val="008F7D84"/>
     <w:rsid w:val="00900810"/>
     <w:rsid w:val="00905092"/>
     <w:rsid w:val="00917C8E"/>
     <w:rsid w:val="009251CA"/>
     <w:rsid w:val="009364C7"/>
     <w:rsid w:val="00937AE1"/>
     <w:rsid w:val="0094373F"/>
     <w:rsid w:val="009437DC"/>
     <w:rsid w:val="00946426"/>
     <w:rsid w:val="00952C1B"/>
     <w:rsid w:val="00973CA2"/>
     <w:rsid w:val="009851BC"/>
     <w:rsid w:val="0099374A"/>
     <w:rsid w:val="009A090D"/>
     <w:rsid w:val="009B3A95"/>
     <w:rsid w:val="009B3C8F"/>
     <w:rsid w:val="009B6B2D"/>
+    <w:rsid w:val="009E0719"/>
     <w:rsid w:val="009E67FC"/>
     <w:rsid w:val="00A04A47"/>
     <w:rsid w:val="00A058B6"/>
     <w:rsid w:val="00A0665F"/>
     <w:rsid w:val="00A10889"/>
     <w:rsid w:val="00A1701B"/>
     <w:rsid w:val="00A31D7A"/>
     <w:rsid w:val="00A462CE"/>
     <w:rsid w:val="00A50C67"/>
     <w:rsid w:val="00A57A64"/>
     <w:rsid w:val="00A64EBB"/>
     <w:rsid w:val="00B20CDF"/>
     <w:rsid w:val="00B26F7D"/>
     <w:rsid w:val="00B41A64"/>
     <w:rsid w:val="00B57A02"/>
     <w:rsid w:val="00B67EAD"/>
     <w:rsid w:val="00B8726A"/>
     <w:rsid w:val="00B93C42"/>
     <w:rsid w:val="00B9654D"/>
     <w:rsid w:val="00B97962"/>
     <w:rsid w:val="00BB1918"/>
     <w:rsid w:val="00BB5F9D"/>
     <w:rsid w:val="00BC0A50"/>
     <w:rsid w:val="00BD4F46"/>
     <w:rsid w:val="00BE1FDF"/>
     <w:rsid w:val="00C028CA"/>
     <w:rsid w:val="00C105EB"/>
     <w:rsid w:val="00C17A93"/>
     <w:rsid w:val="00C36E38"/>
+    <w:rsid w:val="00C65D12"/>
     <w:rsid w:val="00C801AC"/>
     <w:rsid w:val="00CA481E"/>
     <w:rsid w:val="00CB4848"/>
     <w:rsid w:val="00CB60B9"/>
     <w:rsid w:val="00CB6818"/>
     <w:rsid w:val="00CB7F99"/>
     <w:rsid w:val="00CC3E76"/>
     <w:rsid w:val="00CC57CD"/>
     <w:rsid w:val="00CD1EA8"/>
     <w:rsid w:val="00CD310B"/>
     <w:rsid w:val="00CE596F"/>
     <w:rsid w:val="00CE7423"/>
     <w:rsid w:val="00CF68AD"/>
     <w:rsid w:val="00D106C4"/>
     <w:rsid w:val="00D20984"/>
     <w:rsid w:val="00D34DEE"/>
     <w:rsid w:val="00D35BFC"/>
     <w:rsid w:val="00D62BA2"/>
     <w:rsid w:val="00D93224"/>
     <w:rsid w:val="00D96CE4"/>
+    <w:rsid w:val="00DA0A5A"/>
     <w:rsid w:val="00DD083B"/>
     <w:rsid w:val="00DF0E2A"/>
     <w:rsid w:val="00E134A7"/>
     <w:rsid w:val="00E36DA4"/>
     <w:rsid w:val="00E50481"/>
     <w:rsid w:val="00E527EA"/>
     <w:rsid w:val="00E536B3"/>
     <w:rsid w:val="00E72F2D"/>
     <w:rsid w:val="00E74F40"/>
     <w:rsid w:val="00E757F6"/>
     <w:rsid w:val="00E836A7"/>
     <w:rsid w:val="00E95978"/>
     <w:rsid w:val="00EA0350"/>
     <w:rsid w:val="00EA37BA"/>
     <w:rsid w:val="00EA3B2E"/>
     <w:rsid w:val="00EA57E8"/>
+    <w:rsid w:val="00EB1DC9"/>
     <w:rsid w:val="00EC5865"/>
     <w:rsid w:val="00ED0C0C"/>
     <w:rsid w:val="00ED11FD"/>
     <w:rsid w:val="00EE6754"/>
     <w:rsid w:val="00F10017"/>
     <w:rsid w:val="00F1432A"/>
     <w:rsid w:val="00F1712C"/>
     <w:rsid w:val="00F2574C"/>
     <w:rsid w:val="00F26634"/>
     <w:rsid w:val="00F57ADF"/>
     <w:rsid w:val="00F639FE"/>
     <w:rsid w:val="00F66C22"/>
     <w:rsid w:val="00F86C65"/>
     <w:rsid w:val="00F93777"/>
     <w:rsid w:val="00F97696"/>
     <w:rsid w:val="00FA53B0"/>
     <w:rsid w:val="00FB2CE4"/>
     <w:rsid w:val="00FB473F"/>
     <w:rsid w:val="00FB705E"/>
     <w:rsid w:val="00FC3058"/>
     <w:rsid w:val="00FD06EB"/>
     <w:rsid w:val="00FE0101"/>
     <w:rsid w:val="00FE0AAE"/>
     <w:rsid w:val="00FE0C1F"/>
     <w:rsid w:val="00FF4C6A"/>
     <w:rsid w:val="00FF7878"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="bg-BG"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="76801"/>
+    <o:shapedefaults v:ext="edit" spidmax="84993"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="26135E9D"/>
   <w15:docId w15:val="{EA72DA69-F235-4586-A1FB-583A1F05EF4B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="bg-BG" w:eastAsia="bg-BG" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
@@ -14144,121 +14212,121 @@
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7EA0D607-D195-4CC9-9DED-1FC79DCEEDDC}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="c0124f6d-dad5-4a34-9141-9e26d6dc4558"/>
-    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="0bfa5fa5-a36f-458c-bb42-d1aaff973de5"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A8A91EC8-F2C3-4E9B-BAA7-75287B63A36E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{55B864BF-A2B2-4F99-AEA4-793B44593561}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="0bfa5fa5-a36f-458c-bb42-d1aaff973de5"/>
     <ds:schemaRef ds:uri="c0124f6d-dad5-4a34-9141-9e26d6dc4558"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>1629</Words>
-  <Characters>9290</Characters>
+  <Words>1631</Words>
+  <Characters>9301</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>77</Lines>
   <Paragraphs>21</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Вх №</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>erkpz</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10898</CharactersWithSpaces>
+  <CharactersWithSpaces>10911</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Вх №</dc:title>
   <dc:creator>Veselin Kolev</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100C308D9326F3E6D438D75318341923CFC</vt:lpwstr>
   </property>
 </Properties>
 </file>