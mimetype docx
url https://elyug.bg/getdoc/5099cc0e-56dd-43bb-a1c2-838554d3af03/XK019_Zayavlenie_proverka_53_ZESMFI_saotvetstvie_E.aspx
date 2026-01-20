--- v0 (2025-10-08)
+++ v1 (2026-01-20)
@@ -1,91 +1,100 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="66080480" w14:textId="77777777" w:rsidR="00A31D7A" w:rsidRDefault="00A31D7A"/>
+    <w:p w14:paraId="66080480" w14:textId="77777777" w:rsidR="00A31D7A" w:rsidRPr="004B2205" w:rsidRDefault="00A31D7A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w14:paraId="5CA191D8" w14:textId="77777777" w:rsidR="00A31D7A" w:rsidRDefault="00A31D7A"/>
     <w:p w14:paraId="3D64E229" w14:textId="77777777" w:rsidR="00CB4848" w:rsidRDefault="00CB4848"/>
     <w:p w14:paraId="62451ECD" w14:textId="77777777" w:rsidR="00275A65" w:rsidRPr="00275A65" w:rsidRDefault="00275A65">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9777" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4888"/>
         <w:gridCol w:w="4889"/>
       </w:tblGrid>
       <w:tr w:rsidR="008D3423" w:rsidRPr="00FB2CE4" w14:paraId="022ABAFC" w14:textId="77777777" w:rsidTr="00A31D7A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4888" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="10BB8B7F" w14:textId="77777777" w:rsidR="00390106" w:rsidRPr="00CB4848" w:rsidRDefault="008D3423" w:rsidP="00636CCD">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB4848">
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
               <w:t>Д</w:t>
             </w:r>
             <w:r w:rsidRPr="00CB4848">
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
@@ -362,71 +371,72 @@
             <w:r w:rsidRPr="00CB4848">
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:b w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>............................</w:t>
             </w:r>
             <w:r w:rsidRPr="00CB4848">
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="1"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4889" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="09A1167A" w14:textId="77777777" w:rsidR="00357744" w:rsidRDefault="008D3423" w:rsidP="00CB4848">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00CB4848">
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
               <w:t>Вх</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00CB4848">
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r w:rsidRPr="00CB4848">
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
             <w:r w:rsidRPr="00CB4848">
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
@@ -2640,61 +2650,75 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="808080"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">               </w:t>
       </w:r>
       <w:r w:rsidRPr="004E0221">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="808080"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="0082408D" w:rsidRPr="009A7585">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="808080"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">представляващ: </w:t>
+        <w:t>представляващ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0082408D" w:rsidRPr="009A7585">
+        <w:rPr>
+          <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:color w:val="808080"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="808080"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve">име, презиме, </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="808080"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve">фамилия </w:t>
       </w:r>
       <w:r w:rsidRPr="004E0221">
@@ -5043,92 +5067,132 @@
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidRPr="00237DE9">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>Декларирам и заявявам следните обстоятелства:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EED79D7" w14:textId="77777777" w:rsidR="00237DE9" w:rsidRPr="00237DE9" w:rsidRDefault="003B4F3B" w:rsidP="00237DE9">
+    <w:p w14:paraId="6EED79D7" w14:textId="54F77053" w:rsidR="00237DE9" w:rsidRPr="00237DE9" w:rsidRDefault="003B4F3B" w:rsidP="00237DE9">
       <w:pPr>
         <w:spacing w:before="60"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B4F3B">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00237DE9" w:rsidRPr="00237DE9">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
-        <w:t>Известно ми е, че за извършване на услугата следва да бъде заплатена дължимата съгласно Приложение 2 – „Цени и механизъм за ценообразуване“ от ОУ на ЕР Юг цена, изчислена на база единичната такава от 1,5</w:t>
+        <w:t xml:space="preserve">Известно ми е, че за извършване на услугата следва да бъде заплатена дължимата съгласно Приложение 2 – „Цени и механизъм за ценообразуване“ от ОУ на ЕР Юг цена, изчислена на база единичната такава от </w:t>
+      </w:r>
+      <w:r w:rsidR="0060372D" w:rsidRPr="0060372D">
+        <w:rPr>
+          <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+          <w:bCs/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>0,79 евро</w:t>
+      </w:r>
+      <w:r w:rsidR="00A77275">
+        <w:rPr>
+          <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+          <w:bCs/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0060372D" w:rsidRPr="0060372D">
+        <w:rPr>
+          <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+          <w:bCs/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">/ </w:t>
+      </w:r>
+      <w:r w:rsidR="00237DE9" w:rsidRPr="00237DE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+          <w:bCs/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>1,5</w:t>
       </w:r>
       <w:r w:rsidR="00EF12EE">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="00237DE9" w:rsidRPr="00237DE9">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> лв. с включен ДДС на брой стълб, върху които е разположена ЕСМ към момента на подаване на настоящото заявление.</w:t>
       </w:r>
       <w:r w:rsidR="00237DE9" w:rsidRPr="00237DE9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:bCs/>
@@ -7385,51 +7449,51 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D21CB6">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:spacing w:val="4"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
         </w:rPr>
         <w:t>Директен маркетинг:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10129" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2790"/>
         <w:gridCol w:w="7339"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D21CB6" w:rsidRPr="00440B0F" w14:paraId="71958498" w14:textId="77777777" w:rsidTr="00D21CB6">
+      <w:tr w:rsidR="00D21CB6" w:rsidRPr="002F1AF9" w14:paraId="71958498" w14:textId="77777777" w:rsidTr="00D21CB6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2790" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5B0E47E1" w14:textId="77777777" w:rsidR="00D21CB6" w:rsidRPr="00D21CB6" w:rsidRDefault="00D21CB6" w:rsidP="00D21CB6">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="4"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="4DE86771" w14:textId="77777777" w:rsidR="00D21CB6" w:rsidRPr="00D21CB6" w:rsidRDefault="00D21CB6" w:rsidP="00D21CB6">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
@@ -7767,51 +7831,51 @@
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="4"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D21CB6">
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="4"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
               </w:rPr>
               <w:t xml:space="preserve">мога да оттегля съгласието си по всяко време чрез заявление в ЕВН Офис или на имейл: </w:t>
             </w:r>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r w:rsidRPr="00D21CB6">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
                   <w:bCs/>
                   <w:noProof/>
                   <w:spacing w:val="4"/>
                   <w:sz w:val="19"/>
                   <w:szCs w:val="19"/>
                   <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
                 </w:rPr>
                 <w:t>info@elyug.bg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00440B0F">
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="4"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
               </w:rPr>
               <w:t>;</w:t>
@@ -8619,120 +8683,109 @@
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
       <w:r w:rsidR="00B67EAD" w:rsidRPr="009A7585">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
-        <w:t xml:space="preserve">В случаите на представителство по пълномощие се представя изрично пълномощно, с което на упълномощеното лице са предоставени правата да представлява оператора на ЕСМ пред ЕР Юг за целите, за които се депозира </w:t>
-[...10 lines deleted...]
-        <w:t>конкретния</w:t>
+        <w:t>В случаите на представителство по пълномощие се представя изрично пълномощно, с което на упълномощеното лице са предоставени правата да представлява оператора на ЕСМ пред ЕР Юг за целите, за които се депозира конкретния</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>т</w:t>
       </w:r>
       <w:r w:rsidR="00B67EAD" w:rsidRPr="009A7585">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> документ.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62707CCA" w14:textId="77777777" w:rsidR="00215C16" w:rsidRPr="009A7585" w:rsidRDefault="00215C16" w:rsidP="00C33DD7">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:spacing w:line="280" w:lineRule="exact"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5DF9578B" w14:textId="77777777" w:rsidR="00215C16" w:rsidRPr="00215C16" w:rsidRDefault="00215C16" w:rsidP="00BD4F46">
+    <w:p w14:paraId="5DF9578B" w14:textId="77777777" w:rsidR="00215C16" w:rsidRPr="002F1AF9" w:rsidRDefault="00215C16" w:rsidP="00BD4F46">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="20"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00215C16" w:rsidRPr="00215C16" w:rsidSect="009C4786">
-[...5 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId13"/>
+    <w:sectPr w:rsidR="00215C16" w:rsidRPr="002F1AF9" w:rsidSect="009C4786">
+      <w:headerReference w:type="even" r:id="rId11"/>
+      <w:headerReference w:type="default" r:id="rId12"/>
+      <w:footerReference w:type="even" r:id="rId13"/>
+      <w:footerReference w:type="default" r:id="rId14"/>
+      <w:headerReference w:type="first" r:id="rId15"/>
+      <w:footerReference w:type="first" r:id="rId16"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="567" w:right="1134" w:bottom="567" w:left="1134" w:header="283" w:footer="283" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="1EF43629" w14:textId="77777777" w:rsidR="00636CCD" w:rsidRDefault="00636CCD" w:rsidP="00163192">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="20804D9C" w14:textId="77777777" w:rsidR="00636CCD" w:rsidRDefault="00636CCD" w:rsidP="00163192">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
@@ -8858,112 +8911,130 @@
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                       <a:extLst>
                         <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                           <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                             <a:solidFill>
                               <a:srgbClr val="FFFFFF"/>
                             </a:solidFill>
                           </a14:hiddenFill>
                         </a:ext>
                         <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                           <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                             <a:solidFill>
                               <a:srgbClr val="000000"/>
                             </a:solidFill>
                             <a:miter lim="800000"/>
                             <a:headEnd/>
                             <a:tailEnd/>
                           </a14:hiddenLine>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="1F5E2B37" w14:textId="77777777" w:rsidR="00440B0F" w:rsidRPr="001F12ED" w:rsidRDefault="00440B0F" w:rsidP="00440B0F">
+                        <w:p w14:paraId="1F5E2B37" w14:textId="7C0D1664" w:rsidR="00440B0F" w:rsidRPr="001F12ED" w:rsidRDefault="00440B0F" w:rsidP="00440B0F">
                           <w:pPr>
                             <w:rPr>
                               <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="14"/>
                               <w:lang w:val="en-US"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="14"/>
                               <w:lang w:val="en-US"/>
                             </w:rPr>
-                            <w:t>NA001-0525</w:t>
+                            <w:t>NA001-0</w:t>
+                          </w:r>
+                          <w:r w:rsidR="002F1AF9">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="14"/>
+                              <w:lang w:val="en-US"/>
+                            </w:rPr>
+                            <w:t>126</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="vert270" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="66D25C06" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Text Box 1840997411" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-51.05pt;margin-top:739.85pt;width:28.95pt;height:89.95pt;z-index:251658752;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB3Qjlw5AEAAKsDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjh202Qz4hRdiw4D&#10;ugvQ7QNkWbKF2aJGKbHz96PkNM22t2EvgkjKhzyHx9ubaejZQaE3YCueL5acKSuhMbat+PdvD2/e&#10;cuaDsI3owaqKH5XnN7vXr7ajK1UBHfSNQkYg1pejq3gXgiuzzMtODcIvwClLRQ04iEAhtlmDYiT0&#10;oc+K5XKdjYCNQ5DKe8rez0W+S/haKxm+aO1VYH3FabaQTkxnHc9stxVli8J1Rp7GEP8wxSCMpaZn&#10;qHsRBNuj+QtqMBLBgw4LCUMGWhupEgdiky//YPPUCacSFxLHu7NM/v/Bys+HJ/cVWZjew0QLTCS8&#10;ewT5wzMLd52wrbpFhLFToqHGeZQsG50vT59GqX3pI0g9foKGliz2ARLQpHGIqhBPRui0gONZdDUF&#10;Jil5td6s19ecSSrl+aq4oiC2EOXz1w59+KBgYPFScaSlJnRxePRhfvr8JDaz8GD6Pi22t78lCDNm&#10;0vRx4Hn0MNUTM03Fi9g3kqmhORIdhNkuZG+6xLPYEIWR3FJx/3MvUHHWf7Skyrt8tYr2SsHqelNQ&#10;gJeV+rIirOyATBg4m693Ybbk3qFpO2o278HCLSmpTSL5MtiJATkiyXRyb7TcZZxevfxju18AAAD/&#10;/wMAUEsDBBQABgAIAAAAIQCWzv4Z5QAAAA4BAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT4NAEIbv&#10;Jv6HzZh4o7sg0hZZGqOxiZemxXrwtrArEPcD2W2h/97xpMeZ98k7zxSb2WhyVqPvneUQLxgQZRsn&#10;e9tyOL69RCsgPggrhXZWcbgoD5vy+qoQuXSTPahzFVqCJdbngkMXwpBT6ptOGeEXblAWs083GhFw&#10;HFsqRzFhudE0YSyjRvQWL3RiUE+dar6qk+HwXu8u+jDcfbB+et3P2+999bxtOb+9mR8fgAQ1hz8Y&#10;fvVRHUp0qt3JSk80hyhmSYwsJulyvQSCTJSmCZAaV9n9OgNaFvT/G+UPAAAA//8DAFBLAQItABQA&#10;BgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhAHdCOXDkAQAAqwMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2Mu&#10;eG1sUEsBAi0AFAAGAAgAAAAhAJbO/hnlAAAADgEAAA8AAAAAAAAAAAAAAAAAPgQAAGRycy9kb3du&#10;cmV2LnhtbFBLBQYAAAAABAAEAPMAAABQBQAAAAA=&#10;" filled="f" stroked="f">
+            <v:shape id="Text Box 1840997411" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-51.05pt;margin-top:739.85pt;width:28.95pt;height:89.95pt;z-index:251658752;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDLCMb+4gEAAKsDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjh202Qz4hRdiw4D&#10;ugvQ7QNkWYqF2aJGKbHz96NkN822t2EvgkjKhzyHx9ubse/YUaE3YCueL5acKSuhMXZf8e/fHt68&#10;5cwHYRvRgVUVPynPb3avX20HV6oCWugahYxArC8HV/E2BFdmmZet6oVfgFOWihqwF4FC3GcNioHQ&#10;+y4rlst1NgA2DkEq7yl7PxX5LuFrrWT4orVXgXUVp9lCOjGddTyz3VaUexSuNXIeQ/zDFL0wlpqe&#10;oe5FEOyA5i+o3kgEDzosJPQZaG2kShyITb78g81TK5xKXEgc784y+f8HKz8fn9xXZGF8DyMtMJHw&#10;7hHkD88s3LXC7tUtIgytEg01zqNk2eB8OX8apfaljyD18AkaWrI4BEhAo8Y+qkI8GaHTAk5n0dUY&#10;mKTk1XqzXl9zJqmU56viioLYQpTPXzv04YOCnsVLxZGWmtDF8dGH6enzk9jMwoPpurTYzv6WIMyY&#10;SdPHgafRw1iPzDQztUimhuZEdBAmu5C96RLPYkMUBnJLxf3Pg0DFWffRkirv8tUq2isFq+tNQQFe&#10;VurLirCyBTJh4Gy63oXJkgeHZt9Ss2kPFm5JSW0SyZfBZgbkiCTT7N5oucs4vXr5x3a/AAAA//8D&#10;AFBLAwQUAAYACAAAACEAls7+GeUAAAAOAQAADwAAAGRycy9kb3ducmV2LnhtbEyPTU+DQBCG7yb+&#10;h82YeKO7INIWWRqjsYmXpsV68LawKxD3A9ltof/e8aTHmffJO88Um9loclaj753lEC8YEGUbJ3vb&#10;cji+vUQrID4IK4V2VnG4KA+b8vqqELl0kz2ocxVagiXW54JDF8KQU+qbThnhF25QFrNPNxoRcBxb&#10;KkcxYbnRNGEso0b0Fi90YlBPnWq+qpPh8F7vLvow3H2wfnrdz9vvffW8bTm/vZkfH4AENYc/GH71&#10;UR1KdKrdyUpPNIcoZkmMLCbpcr0EgkyUpgmQGlfZ/ToDWhb0/xvlDwAAAP//AwBQSwECLQAUAAYA&#10;CAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBL&#10;AQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BL&#10;AQItABQABgAIAAAAIQDLCMb+4gEAAKsDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnht&#10;bFBLAQItABQABgAIAAAAIQCWzv4Z5QAAAA4BAAAPAAAAAAAAAAAAAAAAADwEAABkcnMvZG93bnJl&#10;di54bWxQSwUGAAAAAAQABADzAAAATgUAAAAA&#10;" filled="f" stroked="f">
               <v:textbox style="layout-flow:vertical;mso-layout-flow-alt:bottom-to-top">
                 <w:txbxContent>
-                  <w:p w14:paraId="1F5E2B37" w14:textId="77777777" w:rsidR="00440B0F" w:rsidRPr="001F12ED" w:rsidRDefault="00440B0F" w:rsidP="00440B0F">
+                  <w:p w14:paraId="1F5E2B37" w14:textId="7C0D1664" w:rsidR="00440B0F" w:rsidRPr="001F12ED" w:rsidRDefault="00440B0F" w:rsidP="00440B0F">
                     <w:pPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="14"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="14"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
-                      <w:t>NA001-0525</w:t>
+                      <w:t>NA001-0</w:t>
+                    </w:r>
+                    <w:r w:rsidR="002F1AF9">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="14"/>
+                        <w:lang w:val="en-US"/>
+                      </w:rPr>
+                      <w:t>126</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="579D4EDA" w14:textId="77777777" w:rsidR="000B7281" w:rsidRPr="00215C16" w:rsidRDefault="00F61134" w:rsidP="00CB4848">
     <w:pPr>
       <w:rPr>
         <w:iCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="en-US" w:eastAsia="bg-BG"/>
       </w:rPr>
     </w:pPr>
@@ -9052,51 +9123,51 @@
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="vert270" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="2CD2AC1C" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Text Box 2" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:-55.95pt;margin-top:736.6pt;width:28.95pt;height:89.95pt;z-index:251662336;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAuyVrJ4AEAAKQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjh202Qz4hRdiw4D&#10;ugvQ7QNkWbKF2aJGKbHz96PkNM22t2EvgkjKhzyHx9ubaejZQaE3YCueL5acKSuhMbat+PdvD2/e&#10;cuaDsI3owaqKH5XnN7vXr7ajK1UBHfSNQkYg1pejq3gXgiuzzMtODcIvwClLRQ04iEAhtlmDYiT0&#10;oc+K5XKdjYCNQ5DKe8rez0W+S/haKxm+aO1VYH3FabaQTkxnHc9stxVli8J1Rp7GEP8wxSCMpaZn&#10;qHsRBNuj+QtqMBLBgw4LCUMGWhupEgdiky//YPPUCacSFxLHu7NM/v/Bys+HJ/cVWZjew0QLTCS8&#10;ewT5wzMLd52wrbpFhLFToqHGeZQsG50vT59GqX3pI0g9foKGliz2ARLQpHGIqhBPRui0gONZdDUF&#10;Jil5td6s19ecSSrl+aq4oiC2EOXz1w59+KBgYPFScaSlJnRxePRhfvr8JDaz8GD6Pi22t78lCDNm&#10;0vRx4Hn0MNUTvY4samiOxANh9gn5mi7xLDY0+0g2qbj/uReoOOs/WpLjXb5aRV+lYHW9KSjAy0p9&#10;WRFWdkDuC5zN17swe3Hv0LQdNZsXYOGWJNQmsXsZ7DQ6WSHpc7Jt9NplnF69/Fy7XwAAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAC7xmmbkAAAADgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1&#10;SNxSx01bIMSpEIhKXKo2LQduTrwkEbEdYrdJ/57lBMedeZqdydaT6dgZB986K0HMYmBoK6dbW0s4&#10;Hl6je2A+KKtV5yxKuKCHdX59lalUu9Hu8VyEmlGI9amS0ITQp5z7qkGj/Mz1aMn7dINRgc6h5npQ&#10;I4Wbjs/jeMWNai19aFSPzw1WX8XJSHgvt5du3ycfcTu+7abN96542dRS3t5MT4/AAk7hD4bf+lQd&#10;cupUupPVnnUSIiHEA7HkLO6SOTBiouWC9pUkrZaJAJ5n/P+M/AcAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQAuyVrJ4AEAAKQDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQAu8Zpm5AAAAA4BAAAPAAAAAAAAAAAAAAAAADoEAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAASwUAAAAA&#10;" filled="f" stroked="f">
+            <v:shape id="Text Box 2" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:-55.95pt;margin-top:736.6pt;width:28.95pt;height:89.95pt;z-index:251662336;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB3Qjlw5AEAAKsDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjh202Qz4hRdiw4D&#10;ugvQ7QNkWbKF2aJGKbHz96PkNM22t2EvgkjKhzyHx9ubaejZQaE3YCueL5acKSuhMbat+PdvD2/e&#10;cuaDsI3owaqKH5XnN7vXr7ajK1UBHfSNQkYg1pejq3gXgiuzzMtODcIvwClLRQ04iEAhtlmDYiT0&#10;oc+K5XKdjYCNQ5DKe8rez0W+S/haKxm+aO1VYH3FabaQTkxnHc9stxVli8J1Rp7GEP8wxSCMpaZn&#10;qHsRBNuj+QtqMBLBgw4LCUMGWhupEgdiky//YPPUCacSFxLHu7NM/v/Bys+HJ/cVWZjew0QLTCS8&#10;ewT5wzMLd52wrbpFhLFToqHGeZQsG50vT59GqX3pI0g9foKGliz2ARLQpHGIqhBPRui0gONZdDUF&#10;Jil5td6s19ecSSrl+aq4oiC2EOXz1w59+KBgYPFScaSlJnRxePRhfvr8JDaz8GD6Pi22t78lCDNm&#10;0vRx4Hn0MNUTM03Fi9g3kqmhORIdhNkuZG+6xLPYEIWR3FJx/3MvUHHWf7Skyrt8tYr2SsHqelNQ&#10;gJeV+rIirOyATBg4m693Ybbk3qFpO2o278HCLSmpTSL5MtiJATkiyXRyb7TcZZxevfxju18AAAD/&#10;/wMAUEsDBBQABgAIAAAAIQAu8Zpm5AAAAA4BAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETv&#10;SPyDtUjcUsdNWyDEqRCISlyqNi0Hbk68JBGxHWK3Sf+e5QTHnXmancnWk+nYGQffOitBzGJgaCun&#10;W1tLOB5eo3tgPiirVecsSrigh3V+fZWpVLvR7vFchJpRiPWpktCE0Kec+6pBo/zM9WjJ+3SDUYHO&#10;oeZ6UCOFm47P43jFjWotfWhUj88NVl/FyUh4L7eXbt8nH3E7vu2mzfeueNnUUt7eTE+PwAJO4Q+G&#10;3/pUHXLqVLqT1Z51EiIhxAOx5CzukjkwYqLlgvaVJK2WiQCeZ/z/jPwHAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEAd0I5cOQBAACrAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#10;bWxQSwECLQAUAAYACAAAACEALvGaZuQAAAAOAQAADwAAAAAAAAAAAAAAAAA+BAAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAAE8FAAAAAA==&#10;" filled="f" stroked="f">
               <v:textbox style="layout-flow:vertical;mso-layout-flow-alt:bottom-to-top">
                 <w:txbxContent>
                   <w:p w14:paraId="70689148" w14:textId="77777777" w:rsidR="00F61134" w:rsidRPr="00556310" w:rsidRDefault="00F61134" w:rsidP="00E822DE">
                     <w:pPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="14"/>
                         <w:lang w:val="bg-BG"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="14"/>
                       </w:rPr>
                       <w:t>XK019-0919</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchory="page"/>
             </v:shape>
           </w:pict>
@@ -9457,60 +9528,62 @@
       <w:tab/>
       <w:t xml:space="preserve">4000 </w:t>
     </w:r>
     <w:proofErr w:type="spellStart"/>
     <w:r w:rsidRPr="00275A65">
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Frutiger Next for EVN Light"/>
         <w:color w:val="000000"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:eastAsia="bg-BG"/>
       </w:rPr>
       <w:t>Пловдив</w:t>
     </w:r>
     <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidRPr="00B8726A">
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Frutiger Next for EVN Light"/>
         <w:color w:val="000000"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="en-US" w:eastAsia="bg-BG"/>
       </w:rPr>
       <w:t xml:space="preserve">, </w:t>
     </w:r>
+    <w:proofErr w:type="spellStart"/>
     <w:r w:rsidRPr="00275A65">
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Frutiger Next for EVN Light"/>
         <w:color w:val="000000"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:eastAsia="bg-BG"/>
       </w:rPr>
       <w:t>България</w:t>
     </w:r>
+    <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidRPr="00B8726A">
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Frutiger Next for EVN Light"/>
         <w:color w:val="000000"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="en-US" w:eastAsia="bg-BG"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="00B8726A">
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Frutiger Next for EVN Light"/>
         <w:color w:val="000000"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="en-US" w:eastAsia="bg-BG"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="00275A65">
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Frutiger Next for EVN Light"/>
         <w:color w:val="000000"/>
         <w:sz w:val="14"/>
@@ -9524,128 +9597,282 @@
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Frutiger Next for EVN Light"/>
         <w:color w:val="000000"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="en-US" w:eastAsia="bg-BG"/>
       </w:rPr>
       <w:t xml:space="preserve"> 0700 1 0007 </w:t>
     </w:r>
     <w:r w:rsidRPr="00B8726A">
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Frutiger Next for EVN Light"/>
         <w:color w:val="000000"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="en-US" w:eastAsia="bg-BG"/>
       </w:rPr>
       <w:tab/>
       <w:t>www.elyug.bg</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="1B4D7A84" w14:textId="77777777" w:rsidR="00816F20" w:rsidRPr="00816F20" w:rsidRDefault="00816F20" w:rsidP="00816F20">
+  <w:p w14:paraId="1B4D7A84" w14:textId="4DFFED1E" w:rsidR="00816F20" w:rsidRPr="00816F20" w:rsidRDefault="002F1AF9" w:rsidP="00816F20">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="2891"/>
         <w:tab w:val="left" w:pos="5159"/>
         <w:tab w:val="left" w:pos="7257"/>
       </w:tabs>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="288" w:lineRule="auto"/>
       <w:textAlignment w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Frutiger Next for EVN Light"/>
         <w:color w:val="000000"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00816F20">
       <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:noProof/>
+        <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="582F71AD" wp14:editId="222EE898">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="column">
+                <wp:posOffset>-621389</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:posOffset>9372600</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="367665" cy="1142365"/>
+              <wp:effectExtent l="0" t="0" r="0" b="635"/>
+              <wp:wrapNone/>
+              <wp:docPr id="1328285333" name="Text Box 1328285333"/>
+              <wp:cNvGraphicFramePr>
+                <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+              </wp:cNvGraphicFramePr>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1">
+                      <a:spLocks noChangeArrowheads="1"/>
+                    </wps:cNvSpPr>
+                    <wps:spPr bwMode="auto">
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="367665" cy="1142365"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                      <a:extLst>
+                        <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                          <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                            <a:solidFill>
+                              <a:srgbClr val="FFFFFF"/>
+                            </a:solidFill>
+                          </a14:hiddenFill>
+                        </a:ext>
+                        <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                          <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:miter lim="800000"/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a14:hiddenLine>
+                        </a:ext>
+                      </a:extLst>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="516B1C92" w14:textId="508F3386" w:rsidR="002F1AF9" w:rsidRPr="001F12ED" w:rsidRDefault="002F1AF9" w:rsidP="002F1AF9">
+                          <w:pPr>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="14"/>
+                              <w:lang w:val="en-US"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="14"/>
+                              <w:lang w:val="en-US"/>
+                            </w:rPr>
+                            <w:t>NA001-0</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="14"/>
+                              <w:lang w:val="en-US"/>
+                            </w:rPr>
+                            <w:t>126</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" vert="vert270" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                      <a:noAutofit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+              <wp14:sizeRelH relativeFrom="page">
+                <wp14:pctWidth>0</wp14:pctWidth>
+              </wp14:sizeRelH>
+              <wp14:sizeRelV relativeFrom="page">
+                <wp14:pctHeight>0</wp14:pctHeight>
+              </wp14:sizeRelV>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="582F71AD" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 1328285333" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:-48.95pt;margin-top:738pt;width:28.95pt;height:89.95pt;z-index:251666432;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDje2wK4wEAAKsDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjh202Qz4hRdiw4D&#10;ugvQ7QNkWbKF2aJGKbHz96PkNM22t2EvgkjKhzyHx9ubaejZQaE3YCueL5acKSuhMbat+PdvD2/e&#10;cuaDsI3owaqKH5XnN7vXr7ajK1UBHfSNQkYg1pejq3gXgiuzzMtODcIvwClLRQ04iEAhtlmDYiT0&#10;oc+K5XKdjYCNQ5DKe8rez0W+S/haKxm+aO1VYH3FabaQTkxnHc9stxVli8J1Rp7GEP8wxSCMpaZn&#10;qHsRBNuj+QtqMBLBgw4LCUMGWhupEgdiky//YPPUCacSFxLHu7NM/v/Bys+HJ/cVWZjew0QLTCS8&#10;ewT5wzMLd52wrbpFhLFToqHGeZQsG50vT59GqX3pI0g9foKGliz2ARLQpHGIqhBPRui0gONZdDUF&#10;Jil5td6s19ecSSrl+aq4oiC2EOXz1w59+KBgYPFScaSlJnRxePRhfvr8JDaz8GD6Pi22t78lCDNm&#10;0vRx4Hn0MNUTMw1NEvtGMjU0R6KDMNuF7E2XeBYbojCSWyruf+4FKs76j5ZUeZevVtFeKVhdbwoK&#10;8LJSX1aElR2QCQNn8/UuzJbcOzRtR83mPVi4JSW1SSRfBjsxIEckmU7ujZa7jNOrl39s9wsAAP//&#10;AwBQSwMEFAAGAAgAAAAhALfHuVTjAAAADQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I&#10;/IO1SNxSG2hTEuJUCEQlLqgNcODmxCaJsNchdpv071lOcNvdGc2+KTazs+xoxtB7lHC1EMAMNl73&#10;2Ep4e31KboGFqFAr69FIOJkAm/L8rFC59hPuzbGKLaMQDLmS0MU45JyHpjNOhYUfDJL26UenIq1j&#10;y/WoJgp3ll8LkXKneqQPnRrMQ2ear+rgJLzXLye7H24+RD897+bt96563LZSXl7M93fAopnjnxl+&#10;8QkdSmKq/QF1YFZCkq0zspKwXKfUiizJUtBQ0yldrTLgZcH/tyh/AAAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAON7bArjAQAAqwMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhALfHuVTjAAAADQEAAA8AAAAAAAAAAAAAAAAAPQQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAABNBQAAAAA=&#10;" filled="f" stroked="f">
+              <v:textbox style="layout-flow:vertical;mso-layout-flow-alt:bottom-to-top">
+                <w:txbxContent>
+                  <w:p w14:paraId="516B1C92" w14:textId="508F3386" w:rsidR="002F1AF9" w:rsidRPr="001F12ED" w:rsidRDefault="002F1AF9" w:rsidP="002F1AF9">
+                    <w:pPr>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="14"/>
+                        <w:lang w:val="en-US"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="14"/>
+                        <w:lang w:val="en-US"/>
+                      </w:rPr>
+                      <w:t>NA001-0</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="14"/>
+                        <w:lang w:val="en-US"/>
+                      </w:rPr>
+                      <w:t>126</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+    <w:r w:rsidR="00816F20" w:rsidRPr="00816F20">
+      <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Frutiger Next for EVN Light"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="000000"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
       </w:rPr>
       <w:t xml:space="preserve">Електроразпределение Юг ЕАД </w:t>
     </w:r>
-    <w:r w:rsidRPr="00816F20">
+    <w:r w:rsidR="00816F20" w:rsidRPr="00816F20">
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Frutiger Next for EVN Light"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="000000"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
       </w:rPr>
       <w:tab/>
     </w:r>
-    <w:r w:rsidRPr="00816F20">
+    <w:r w:rsidR="00816F20" w:rsidRPr="00816F20">
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Frutiger Next for EVN Light"/>
         <w:color w:val="000000"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
       </w:rPr>
       <w:t xml:space="preserve">ул. Христо Г. Данов 37 </w:t>
     </w:r>
-    <w:r w:rsidRPr="00816F20">
+    <w:r w:rsidR="00816F20" w:rsidRPr="00816F20">
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Frutiger Next for EVN Light"/>
         <w:color w:val="000000"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
       </w:rPr>
       <w:tab/>
       <w:t>Свържете се с нас:</w:t>
     </w:r>
-    <w:r w:rsidRPr="00816F20">
+    <w:r w:rsidR="00816F20" w:rsidRPr="00816F20">
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Frutiger Next for EVN Light"/>
         <w:color w:val="000000"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
       </w:rPr>
       <w:tab/>
       <w:t>info@elyug.bg</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="0661E6C2" w14:textId="3A11EB47" w:rsidR="00816F20" w:rsidRPr="004E0221" w:rsidRDefault="00816F20" w:rsidP="00816F20">
+  <w:p w14:paraId="0661E6C2" w14:textId="321E4313" w:rsidR="00816F20" w:rsidRPr="004E0221" w:rsidRDefault="00816F20" w:rsidP="00816F20">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:lang w:val="bg-BG"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Frutiger Next for EVN Light"/>
         <w:color w:val="000000"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
       </w:rPr>
       <w:t xml:space="preserve">ЕИК 115552190                                                      </w:t>
     </w:r>
     <w:r w:rsidRPr="00816F20">
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Frutiger Next for EVN Light"/>
         <w:color w:val="000000"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
       </w:rPr>
       <w:t xml:space="preserve">4000 Пловдив, България </w:t>
@@ -9883,51 +10110,51 @@
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="vert270" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="155BAC3C" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Text Box 4" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:-49.25pt;margin-top:-108.3pt;width:28.95pt;height:89.95pt;z-index:251657728;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDLCMb+4gEAAKsDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjh202Qz4hRdiw4D&#10;ugvQ7QNkWYqF2aJGKbHz96NkN822t2EvgkjKhzyHx9ubse/YUaE3YCueL5acKSuhMXZf8e/fHt68&#10;5cwHYRvRgVUVPynPb3avX20HV6oCWugahYxArC8HV/E2BFdmmZet6oVfgFOWihqwF4FC3GcNioHQ&#10;+y4rlst1NgA2DkEq7yl7PxX5LuFrrWT4orVXgXUVp9lCOjGddTyz3VaUexSuNXIeQ/zDFL0wlpqe&#10;oe5FEOyA5i+o3kgEDzosJPQZaG2kShyITb78g81TK5xKXEgc784y+f8HKz8fn9xXZGF8DyMtMJHw&#10;7hHkD88s3LXC7tUtIgytEg01zqNk2eB8OX8apfaljyD18AkaWrI4BEhAo8Y+qkI8GaHTAk5n0dUY&#10;mKTk1XqzXl9zJqmU56viioLYQpTPXzv04YOCnsVLxZGWmtDF8dGH6enzk9jMwoPpurTYzv6WIMyY&#10;SdPHgafRw1iPzDQztUimhuZEdBAmu5C96RLPYkMUBnJLxf3Pg0DFWffRkirv8tUq2isFq+tNQQFe&#10;VurLirCyBTJh4Gy63oXJkgeHZt9Ss2kPFm5JSW0SyZfBZgbkiCTT7N5oucs4vXr5x3a/AAAA//8D&#10;AFBLAwQUAAYACAAAACEAYh4skeIAAAAMAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMAyG70i8&#10;Q2Qkbl2yDcooTScEYhIXtJXtwC1tQluROKXJ1u7tMSe4fZZ//f6crydn2ckMofMoYT4TwAzWXnfY&#10;SNi/vyQrYCEq1Mp6NBLOJsC6uLzIVab9iDtzKmPDqARDpiS0MfYZ56FujVNh5nuDtPv0g1ORxqHh&#10;elAjlTvLF0Kk3KkO6UKrevPUmvqrPDoJh+rtbHf98kN04+t22nxvy+dNI+X11fT4ACyaKf6F4Vef&#10;1KEgp8ofUQdmJST3q1uKEizmaQqMIsmNIKgIlukd8CLn/58ofgAAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQDLCMb+4gEAAKsDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQBiHiyR4gAAAAwBAAAPAAAAAAAAAAAAAAAAADwEAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAASwUAAAAA&#10;" filled="f" stroked="f">
+            <v:shape id="Text Box 4" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:-49.25pt;margin-top:-108.3pt;width:28.95pt;height:89.95pt;z-index:251657728;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAuyVrJ4AEAAKQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjh202Qz4hRdiw4D&#10;ugvQ7QNkWbKF2aJGKbHz96PkNM22t2EvgkjKhzyHx9ubaejZQaE3YCueL5acKSuhMbat+PdvD2/e&#10;cuaDsI3owaqKH5XnN7vXr7ajK1UBHfSNQkYg1pejq3gXgiuzzMtODcIvwClLRQ04iEAhtlmDYiT0&#10;oc+K5XKdjYCNQ5DKe8rez0W+S/haKxm+aO1VYH3FabaQTkxnHc9stxVli8J1Rp7GEP8wxSCMpaZn&#10;qHsRBNuj+QtqMBLBgw4LCUMGWhupEgdiky//YPPUCacSFxLHu7NM/v/Bys+HJ/cVWZjew0QLTCS8&#10;ewT5wzMLd52wrbpFhLFToqHGeZQsG50vT59GqX3pI0g9foKGliz2ARLQpHGIqhBPRui0gONZdDUF&#10;Jil5td6s19ecSSrl+aq4oiC2EOXz1w59+KBgYPFScaSlJnRxePRhfvr8JDaz8GD6Pi22t78lCDNm&#10;0vRx4Hn0MNUTvY4samiOxANh9gn5mi7xLDY0+0g2qbj/uReoOOs/WpLjXb5aRV+lYHW9KSjAy0p9&#10;WRFWdkDuC5zN17swe3Hv0LQdNZsXYOGWJNQmsXsZ7DQ6WSHpc7Jt9NplnF69/Fy7XwAAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAGIeLJHiAAAADAEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENk&#10;JG5dsg3KKE0nBGISF7SV7cAtbUJbkTilydbu7TEnuH2Wf/3+nK8nZ9nJDKHzKGE+E8AM1l532EjY&#10;v78kK2AhKtTKejQSzibAuri8yFWm/Yg7cypjw6gEQ6YktDH2Geehbo1TYeZ7g7T79INTkcah4XpQ&#10;I5U7yxdCpNypDulCq3rz1Jr6qzw6CYfq7Wx3/fJDdOPrdtp8b8vnTSPl9dX0+AAsmin+heFXn9Sh&#10;IKfKH1EHZiUk96tbihIs5mkKjCLJjSCoCJbpHfAi5/+fKH4AAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEALslayeABAACkAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEAYh4skeIAAAAMAQAADwAAAAAAAAAAAAAAAAA6BAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAEkFAAAAAA==&#10;" filled="f" stroked="f">
               <v:textbox style="layout-flow:vertical;mso-layout-flow-alt:bottom-to-top">
                 <w:txbxContent>
                   <w:p w14:paraId="1CAE6F85" w14:textId="54561C97" w:rsidR="00816F20" w:rsidRPr="001F12ED" w:rsidRDefault="00696B9C" w:rsidP="00816F20">
                     <w:pPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="14"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="14"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
                       <w:t>NA</w:t>
                     </w:r>
                     <w:r w:rsidR="001F12ED">
                       <w:rPr>
                         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="14"/>
@@ -11238,77 +11465,78 @@
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1755588230">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1744063273">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1866601843">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="391806480">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="648636875">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="374014090">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="124"/>
+  <w:zoom w:percent="120"/>
   <w:displayBackgroundShape/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="V1+985rYyXy8S+ZA8RQXq0EaSOiWz3A5M4s3x4akhYGgnbcJJUfEbtkPhOQBl+ZWUtzGOMjUP//7Z1RfrgsGQg==" w:salt="rsigxzoUedEzprcX5OMZlg=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="lssBrhSwzPL9HXBNlNZhyaNW5d+rCFIsDy8IFX11fnJ6d0rMCP1WcxB1Y4yTssfZL/wqmVnwNZnbeUwT9QoR0Q==" w:salt="MijxqgiX7404MOByQAbjYw=="/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:evenAndOddHeaders/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="70657"/>
+    <o:shapedefaults v:ext="edit" spidmax="78849"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00434D25"/>
     <w:rsid w:val="000112E5"/>
     <w:rsid w:val="000268FB"/>
     <w:rsid w:val="00030F1B"/>
     <w:rsid w:val="00033258"/>
     <w:rsid w:val="00037E3A"/>
     <w:rsid w:val="00046601"/>
     <w:rsid w:val="000621B5"/>
     <w:rsid w:val="00062236"/>
     <w:rsid w:val="00065042"/>
     <w:rsid w:val="00074E32"/>
     <w:rsid w:val="00076DD3"/>
     <w:rsid w:val="00084A03"/>
     <w:rsid w:val="000B365F"/>
     <w:rsid w:val="000B70AB"/>
     <w:rsid w:val="000B7281"/>
     <w:rsid w:val="000C54E6"/>
     <w:rsid w:val="000E30BD"/>
     <w:rsid w:val="001309E4"/>
     <w:rsid w:val="00132B15"/>
     <w:rsid w:val="00143193"/>
     <w:rsid w:val="00155F38"/>
     <w:rsid w:val="0016003A"/>
@@ -11323,303 +11551,314 @@
     <w:rsid w:val="001D5DED"/>
     <w:rsid w:val="001E541E"/>
     <w:rsid w:val="001F12ED"/>
     <w:rsid w:val="001F6F16"/>
     <w:rsid w:val="002030A6"/>
     <w:rsid w:val="002050B0"/>
     <w:rsid w:val="002142E0"/>
     <w:rsid w:val="00215C16"/>
     <w:rsid w:val="00216E49"/>
     <w:rsid w:val="00230234"/>
     <w:rsid w:val="00235202"/>
     <w:rsid w:val="00237DE9"/>
     <w:rsid w:val="002448EA"/>
     <w:rsid w:val="00251D22"/>
     <w:rsid w:val="002524D7"/>
     <w:rsid w:val="00275A65"/>
     <w:rsid w:val="00277C5C"/>
     <w:rsid w:val="00284022"/>
     <w:rsid w:val="00292AE7"/>
     <w:rsid w:val="002A3C47"/>
     <w:rsid w:val="002A6274"/>
     <w:rsid w:val="002C2F1B"/>
     <w:rsid w:val="002E293D"/>
     <w:rsid w:val="002E5041"/>
     <w:rsid w:val="002E5243"/>
+    <w:rsid w:val="002F1AF9"/>
     <w:rsid w:val="002F7570"/>
     <w:rsid w:val="00303AA3"/>
     <w:rsid w:val="00307222"/>
     <w:rsid w:val="0031013D"/>
     <w:rsid w:val="00314882"/>
     <w:rsid w:val="00314F55"/>
     <w:rsid w:val="0032019C"/>
     <w:rsid w:val="0033338F"/>
     <w:rsid w:val="00334E05"/>
     <w:rsid w:val="0034084A"/>
     <w:rsid w:val="00350730"/>
     <w:rsid w:val="00350C59"/>
     <w:rsid w:val="00351EC9"/>
     <w:rsid w:val="00357744"/>
     <w:rsid w:val="00375C60"/>
     <w:rsid w:val="003804A7"/>
     <w:rsid w:val="00390106"/>
     <w:rsid w:val="0039349A"/>
     <w:rsid w:val="003951D9"/>
     <w:rsid w:val="003B4F3B"/>
     <w:rsid w:val="003E37BA"/>
     <w:rsid w:val="003E76BF"/>
     <w:rsid w:val="003F3E55"/>
     <w:rsid w:val="003F768C"/>
+    <w:rsid w:val="003F7A80"/>
     <w:rsid w:val="004102F8"/>
     <w:rsid w:val="00425A34"/>
     <w:rsid w:val="00434D25"/>
     <w:rsid w:val="00436EAC"/>
     <w:rsid w:val="00440B0F"/>
     <w:rsid w:val="004501BC"/>
     <w:rsid w:val="00454AED"/>
     <w:rsid w:val="00456324"/>
     <w:rsid w:val="00456F19"/>
     <w:rsid w:val="0046392E"/>
     <w:rsid w:val="0048382E"/>
     <w:rsid w:val="00485728"/>
     <w:rsid w:val="004927D9"/>
+    <w:rsid w:val="004B2205"/>
     <w:rsid w:val="004B307A"/>
     <w:rsid w:val="004E0221"/>
     <w:rsid w:val="004E6B71"/>
     <w:rsid w:val="005223AC"/>
     <w:rsid w:val="00525243"/>
     <w:rsid w:val="00530D59"/>
     <w:rsid w:val="005319ED"/>
     <w:rsid w:val="0053263B"/>
     <w:rsid w:val="00533AAD"/>
     <w:rsid w:val="0054407C"/>
     <w:rsid w:val="00550F73"/>
     <w:rsid w:val="00571A4B"/>
     <w:rsid w:val="00575809"/>
     <w:rsid w:val="0058667B"/>
     <w:rsid w:val="00587685"/>
     <w:rsid w:val="005B03E1"/>
     <w:rsid w:val="005B059C"/>
     <w:rsid w:val="005B3EB3"/>
     <w:rsid w:val="005D1294"/>
     <w:rsid w:val="005D57C2"/>
     <w:rsid w:val="005E0A48"/>
     <w:rsid w:val="005E6D56"/>
     <w:rsid w:val="005F5B52"/>
+    <w:rsid w:val="0060372D"/>
     <w:rsid w:val="006142C1"/>
     <w:rsid w:val="00614CBB"/>
     <w:rsid w:val="00626546"/>
     <w:rsid w:val="00630221"/>
     <w:rsid w:val="0063629C"/>
     <w:rsid w:val="00636CCD"/>
     <w:rsid w:val="0064075B"/>
     <w:rsid w:val="006642ED"/>
     <w:rsid w:val="00666212"/>
     <w:rsid w:val="00672F50"/>
     <w:rsid w:val="00673E21"/>
     <w:rsid w:val="00675CDB"/>
     <w:rsid w:val="00681CBC"/>
     <w:rsid w:val="00690CAE"/>
     <w:rsid w:val="00691610"/>
     <w:rsid w:val="00696B9C"/>
     <w:rsid w:val="006A3DD5"/>
     <w:rsid w:val="006A53B4"/>
     <w:rsid w:val="006C56C9"/>
     <w:rsid w:val="006D0B3C"/>
     <w:rsid w:val="00712442"/>
     <w:rsid w:val="0071483E"/>
     <w:rsid w:val="00717CBA"/>
     <w:rsid w:val="0073082B"/>
     <w:rsid w:val="00747BBF"/>
     <w:rsid w:val="00771A2F"/>
     <w:rsid w:val="007750C7"/>
     <w:rsid w:val="007773CC"/>
     <w:rsid w:val="00777BC5"/>
     <w:rsid w:val="00783170"/>
     <w:rsid w:val="00794B14"/>
     <w:rsid w:val="007A4C2D"/>
     <w:rsid w:val="007B2742"/>
     <w:rsid w:val="007B2EEC"/>
     <w:rsid w:val="007C525D"/>
     <w:rsid w:val="007E7B0F"/>
     <w:rsid w:val="007F0FFD"/>
     <w:rsid w:val="00800CF4"/>
     <w:rsid w:val="00803108"/>
     <w:rsid w:val="00807F9C"/>
     <w:rsid w:val="008114FC"/>
     <w:rsid w:val="00816F20"/>
     <w:rsid w:val="00822D48"/>
     <w:rsid w:val="0082408D"/>
     <w:rsid w:val="00826FB7"/>
     <w:rsid w:val="00840E37"/>
+    <w:rsid w:val="00841361"/>
     <w:rsid w:val="00842CE4"/>
     <w:rsid w:val="00844F40"/>
     <w:rsid w:val="00845EF9"/>
     <w:rsid w:val="008513C4"/>
     <w:rsid w:val="00886812"/>
     <w:rsid w:val="00893A59"/>
     <w:rsid w:val="008944A6"/>
     <w:rsid w:val="008B78E7"/>
     <w:rsid w:val="008D3423"/>
     <w:rsid w:val="008D3F48"/>
     <w:rsid w:val="008E2018"/>
     <w:rsid w:val="008F01A8"/>
     <w:rsid w:val="008F0FE3"/>
     <w:rsid w:val="008F2A78"/>
     <w:rsid w:val="008F368A"/>
     <w:rsid w:val="008F453E"/>
     <w:rsid w:val="008F7D84"/>
     <w:rsid w:val="00905092"/>
     <w:rsid w:val="009162A5"/>
     <w:rsid w:val="00917C8E"/>
     <w:rsid w:val="00920ECC"/>
     <w:rsid w:val="009251CA"/>
     <w:rsid w:val="009364C7"/>
     <w:rsid w:val="00937AE1"/>
     <w:rsid w:val="009437DC"/>
     <w:rsid w:val="00946426"/>
     <w:rsid w:val="0095745F"/>
     <w:rsid w:val="009851BC"/>
     <w:rsid w:val="0099374A"/>
     <w:rsid w:val="009A090D"/>
     <w:rsid w:val="009A7585"/>
+    <w:rsid w:val="009B2024"/>
     <w:rsid w:val="009B3A95"/>
     <w:rsid w:val="009B3C8F"/>
     <w:rsid w:val="009B6B2D"/>
     <w:rsid w:val="009C4786"/>
     <w:rsid w:val="009E67FC"/>
     <w:rsid w:val="00A058B6"/>
     <w:rsid w:val="00A0665F"/>
     <w:rsid w:val="00A10889"/>
     <w:rsid w:val="00A1529B"/>
     <w:rsid w:val="00A1701B"/>
     <w:rsid w:val="00A31D7A"/>
     <w:rsid w:val="00A462CE"/>
     <w:rsid w:val="00A50C67"/>
     <w:rsid w:val="00A56DF8"/>
     <w:rsid w:val="00A60E9B"/>
     <w:rsid w:val="00A64EBB"/>
+    <w:rsid w:val="00A77275"/>
     <w:rsid w:val="00AB0CB7"/>
     <w:rsid w:val="00AE4C96"/>
     <w:rsid w:val="00B20CDF"/>
     <w:rsid w:val="00B27635"/>
     <w:rsid w:val="00B41A64"/>
     <w:rsid w:val="00B57A02"/>
     <w:rsid w:val="00B67EAD"/>
     <w:rsid w:val="00B8726A"/>
     <w:rsid w:val="00B9356B"/>
     <w:rsid w:val="00B93C42"/>
     <w:rsid w:val="00B9654D"/>
     <w:rsid w:val="00BB1918"/>
     <w:rsid w:val="00BB5F9D"/>
     <w:rsid w:val="00BC0A50"/>
     <w:rsid w:val="00BD4F46"/>
     <w:rsid w:val="00BE1FDF"/>
     <w:rsid w:val="00BF015D"/>
     <w:rsid w:val="00C012F3"/>
     <w:rsid w:val="00C105EB"/>
     <w:rsid w:val="00C17A93"/>
     <w:rsid w:val="00C33DD7"/>
     <w:rsid w:val="00C35D7B"/>
     <w:rsid w:val="00C36E38"/>
     <w:rsid w:val="00C726EF"/>
     <w:rsid w:val="00C801AC"/>
     <w:rsid w:val="00CB4848"/>
+    <w:rsid w:val="00CB4B47"/>
     <w:rsid w:val="00CB60B9"/>
     <w:rsid w:val="00CB6818"/>
     <w:rsid w:val="00CC3E76"/>
     <w:rsid w:val="00CC57CD"/>
     <w:rsid w:val="00CD1EA8"/>
     <w:rsid w:val="00CD310B"/>
     <w:rsid w:val="00CE596F"/>
     <w:rsid w:val="00D106C4"/>
     <w:rsid w:val="00D21CB6"/>
     <w:rsid w:val="00D25469"/>
     <w:rsid w:val="00D34DEE"/>
     <w:rsid w:val="00D35BFC"/>
     <w:rsid w:val="00D62BA2"/>
     <w:rsid w:val="00D773C3"/>
+    <w:rsid w:val="00D90D86"/>
     <w:rsid w:val="00D93224"/>
     <w:rsid w:val="00D96CE4"/>
     <w:rsid w:val="00DD083B"/>
     <w:rsid w:val="00DF0E2A"/>
     <w:rsid w:val="00E134A7"/>
     <w:rsid w:val="00E527EA"/>
     <w:rsid w:val="00E536B3"/>
     <w:rsid w:val="00E74F40"/>
     <w:rsid w:val="00E757F6"/>
     <w:rsid w:val="00E836A7"/>
     <w:rsid w:val="00E87242"/>
     <w:rsid w:val="00E95978"/>
     <w:rsid w:val="00E95E89"/>
     <w:rsid w:val="00EA0350"/>
     <w:rsid w:val="00EA37BA"/>
     <w:rsid w:val="00EA3B2E"/>
     <w:rsid w:val="00EA4A8A"/>
     <w:rsid w:val="00EC5865"/>
     <w:rsid w:val="00ED0C0C"/>
     <w:rsid w:val="00ED11FD"/>
     <w:rsid w:val="00ED121E"/>
     <w:rsid w:val="00EE6754"/>
     <w:rsid w:val="00EF12EE"/>
     <w:rsid w:val="00F10017"/>
     <w:rsid w:val="00F1432A"/>
     <w:rsid w:val="00F26634"/>
     <w:rsid w:val="00F519C1"/>
     <w:rsid w:val="00F61134"/>
     <w:rsid w:val="00F639FE"/>
     <w:rsid w:val="00F832DB"/>
     <w:rsid w:val="00F86C65"/>
     <w:rsid w:val="00F93777"/>
     <w:rsid w:val="00F97696"/>
+    <w:rsid w:val="00FA7D06"/>
     <w:rsid w:val="00FB2CE4"/>
     <w:rsid w:val="00FB705E"/>
     <w:rsid w:val="00FC3058"/>
+    <w:rsid w:val="00FC539A"/>
     <w:rsid w:val="00FD06EB"/>
     <w:rsid w:val="00FE0101"/>
     <w:rsid w:val="00FE0AAE"/>
     <w:rsid w:val="00FF4C6A"/>
     <w:rsid w:val="00FF7878"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="bg-BG"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="70657"/>
+    <o:shapedefaults v:ext="edit" spidmax="78849"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="3233B2E7"/>
   <w15:docId w15:val="{7827A96B-B7D1-4DA3-B017-BC776D6010AB}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="bg-BG" w:eastAsia="bg-BG" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
@@ -12253,51 +12492,51 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1800877299">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@elyug.bg" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@elyug.bg" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.wmf"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.wmf"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
@@ -12549,72 +12788,331 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Документ" ma:contentTypeID="0x010100C308D9326F3E6D438D75318341923CFC" ma:contentTypeVersion="7" ma:contentTypeDescription="Създаване на нов документ" ma:contentTypeScope="" ma:versionID="622fb33937f837984ad795a7e10ea3fb">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="0bfa5fa5-a36f-458c-bb42-d1aaff973de5" xmlns:ns3="c0124f6d-dad5-4a34-9141-9e26d6dc4558" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="3152e547ee638e81b6aac2e13af1981d" ns2:_="" ns3:_="">
+    <xsd:import namespace="0bfa5fa5-a36f-458c-bb42-d1aaff973de5"/>
+    <xsd:import namespace="c0124f6d-dad5-4a34-9141-9e26d6dc4558"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:_x0414__x043e__x043f__x044a__x043b__x043d__x0438__x0442__x0435__x043b__x043d__x0430__x0020__x0438__x043d__x0444__x043e__x0440__x043c__x0430__x0446__x0438__x044f_" minOccurs="0"/>
+                <xsd:element ref="ns2:Order0" minOccurs="0"/>
+                <xsd:element ref="ns2:_x0417__x0430__x0433__x043b__x0430__x0432__x0438__x0435_" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns2:_x0414__x0440__x0443__x0436__x0435__x0441__x0442__x0432__x043e_" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="0bfa5fa5-a36f-458c-bb42-d1aaff973de5" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="_x0414__x043e__x043f__x044a__x043b__x043d__x0438__x0442__x0435__x043b__x043d__x0430__x0020__x0438__x043d__x0444__x043e__x0440__x043c__x0430__x0446__x0438__x044f_" ma:index="8" nillable="true" ma:displayName="Допълнителна информация" ma:internalName="_x0414__x043e__x043f__x044a__x043b__x043d__x0438__x0442__x0435__x043b__x043d__x0430__x0020__x0438__x043d__x0444__x043e__x0440__x043c__x0430__x0446__x0438__x044f_">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Order0" ma:index="9" nillable="true" ma:displayName="Order" ma:internalName="Order0">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Number"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="_x0417__x0430__x0433__x043b__x0430__x0432__x0438__x0435_" ma:index="10" nillable="true" ma:displayName="Заглавие" ma:internalName="_x0417__x0430__x0433__x043b__x0430__x0432__x0438__x0435_">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="_x0414__x0440__x0443__x0436__x0435__x0441__x0442__x0432__x043e_" ma:index="12" nillable="true" ma:displayName="Дружество" ma:internalName="_x0414__x0440__x0443__x0436__x0435__x0441__x0442__x0432__x043e_">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="c0124f6d-dad5-4a34-9141-9e26d6dc4558" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="11" nillable="true" ma:displayName="Споделено с" ma:description="" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Тип съдържание"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Заглавие"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_x0414__x0440__x0443__x0436__x0435__x0441__x0442__x0432__x043e_ xmlns="0bfa5fa5-a36f-458c-bb42-d1aaff973de5">EP</_x0414__x0440__x0443__x0436__x0435__x0441__x0442__x0432__x043e_>
+    <_x0417__x0430__x0433__x043b__x0430__x0432__x0438__x0435_ xmlns="0bfa5fa5-a36f-458c-bb42-d1aaff973de5">Заявление проверка по чл.53 от ЗЕСМФИ съответствие ЕСМ</_x0417__x0430__x0433__x043b__x0430__x0432__x0438__x0435_>
+    <Order0 xmlns="0bfa5fa5-a36f-458c-bb42-d1aaff973de5" xsi:nil="true"/>
+    <_x0414__x043e__x043f__x044a__x043b__x043d__x0438__x0442__x0435__x043b__x043d__x0430__x0020__x0438__x043d__x0444__x043e__x0440__x043c__x0430__x0446__x0438__x044f_ xmlns="0bfa5fa5-a36f-458c-bb42-d1aaff973de5">публикуван в интернет</_x0414__x043e__x043f__x044a__x043b__x043d__x0438__x0442__x0435__x043b__x043d__x0430__x0020__x0438__x043d__x0444__x043e__x0440__x043c__x0430__x0446__x0438__x044f_>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{232C3CB5-60E5-41AE-9CB5-76045A305E25}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="0bfa5fa5-a36f-458c-bb42-d1aaff973de5"/>
+    <ds:schemaRef ds:uri="c0124f6d-dad5-4a34-9141-9e26d6dc4558"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E6469C29-CB4F-4178-AD89-49774FF958F6}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{65E6531E-503A-4E39-AD84-DEAEC896893E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="0bfa5fa5-a36f-458c-bb42-d1aaff973de5"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="c0124f6d-dad5-4a34-9141-9e26d6dc4558"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>1182</Words>
-  <Characters>6738</Characters>
+  <Words>1183</Words>
+  <Characters>6749</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>56</Lines>
   <Paragraphs>15</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Вх №</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>erkpz</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7905</CharactersWithSpaces>
+  <CharactersWithSpaces>7917</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Вх №</dc:title>
   <dc:creator>Veselin Kolev</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x010100C308D9326F3E6D438D75318341923CFC</vt:lpwstr>
+  </property>
+</Properties>
+</file>