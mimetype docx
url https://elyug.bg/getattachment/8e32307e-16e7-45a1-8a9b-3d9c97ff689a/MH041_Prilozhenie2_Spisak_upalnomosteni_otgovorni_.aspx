--- v0 (2025-10-08)
+++ v1 (2025-10-29)
@@ -4,79 +4,79 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="08DEC1D6" w14:textId="77777777" w:rsidR="006E0247" w:rsidRDefault="006E0247" w:rsidP="00AE1669">
+    <w:p w14:paraId="09A3DD5C" w14:textId="77777777" w:rsidR="006E0247" w:rsidRDefault="006E0247" w:rsidP="00AE1669">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="64BEE596" w14:textId="77777777" w:rsidR="001D2951" w:rsidRPr="001D2951" w:rsidRDefault="001D2951" w:rsidP="00AE1669">
+    <w:p w14:paraId="6E6FC419" w14:textId="77777777" w:rsidR="001D2951" w:rsidRPr="001D2951" w:rsidRDefault="001D2951" w:rsidP="00AE1669">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0A7AAA33" w14:textId="77777777" w:rsidR="008348EA" w:rsidRPr="00AF21AA" w:rsidRDefault="00AF21AA" w:rsidP="00AE1669">
+    <w:p w14:paraId="50C2DD54" w14:textId="77777777" w:rsidR="008348EA" w:rsidRPr="00AF21AA" w:rsidRDefault="00AF21AA" w:rsidP="00AE1669">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>Списък с у</w:t>
       </w:r>
       <w:r w:rsidR="00AE1669" w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b/>
@@ -85,87 +85,87 @@
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">пълномощени </w:t>
       </w:r>
       <w:r w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">отговорни </w:t>
       </w:r>
       <w:r w:rsidR="00AE1669" w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>лица на Страните</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EE01FED" w14:textId="77777777" w:rsidR="008348EA" w:rsidRPr="00AF21AA" w:rsidRDefault="001F56D3" w:rsidP="001F56D3">
+    <w:p w14:paraId="5EB1CF3B" w14:textId="77777777" w:rsidR="008348EA" w:rsidRPr="00AF21AA" w:rsidRDefault="001F56D3" w:rsidP="001F56D3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="300"/>
           <w:tab w:val="right" w:pos="9911"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17357FD2" w14:textId="77777777" w:rsidR="00996194" w:rsidRPr="00AF21AA" w:rsidRDefault="006B41E3" w:rsidP="00AE1669">
+    <w:p w14:paraId="666803F7" w14:textId="77777777" w:rsidR="00996194" w:rsidRPr="00AF21AA" w:rsidRDefault="006B41E3" w:rsidP="00AE1669">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">І. Списък на отговорните лица от двете страни по </w:t>
       </w:r>
       <w:r w:rsidR="00B84AE5" w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b/>
           <w:sz w:val="19"/>
@@ -223,64 +223,64 @@
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> администриране</w:t>
       </w:r>
       <w:r w:rsidR="00B84AE5" w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> и прекратяване на</w:t>
       </w:r>
       <w:r w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> самия рамков договор</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A756205" w14:textId="77777777" w:rsidR="00996194" w:rsidRPr="00AF21AA" w:rsidRDefault="00996194" w:rsidP="00AE1669">
+    <w:p w14:paraId="3F6D0C66" w14:textId="77777777" w:rsidR="00996194" w:rsidRPr="00AF21AA" w:rsidRDefault="00996194" w:rsidP="00AE1669">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="043E45A4" w14:textId="2C39BF3F" w:rsidR="001F56D3" w:rsidRPr="006E0247" w:rsidRDefault="002F1A26" w:rsidP="00AE1669">
+    <w:p w14:paraId="55816D96" w14:textId="77777777" w:rsidR="001F56D3" w:rsidRPr="006E0247" w:rsidRDefault="002F1A26" w:rsidP="00AE1669">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>1. За „</w:t>
       </w:r>
       <w:r w:rsidR="006E0247">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
@@ -311,317 +311,261 @@
           <w:b/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006E0247">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
       <w:r w:rsidR="006E0247" w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
-        <w:t>Отдел „</w:t>
-[...19 lines deleted...]
-        <w:t>“</w:t>
+        <w:t>Отдел „Управление на мрежата“</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="640266BD" w14:textId="03ADBE7D" w:rsidR="001F56D3" w:rsidRPr="00AF21AA" w:rsidRDefault="006B41E3" w:rsidP="00AE1669">
+    <w:p w14:paraId="6155E6BC" w14:textId="77777777" w:rsidR="001F56D3" w:rsidRPr="00AF21AA" w:rsidRDefault="006B41E3" w:rsidP="00AE1669">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>инж.</w:t>
       </w:r>
       <w:r w:rsidR="000A285D">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
-        <w:t>Митко Тангъров – тел.032/</w:t>
-[...8 lines deleted...]
-        <w:t>97</w:t>
+        <w:t xml:space="preserve">Митко Тангъров – тел.032/303836, </w:t>
+      </w:r>
+      <w:r w:rsidR="00B0074F" w:rsidRPr="00AF21AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>E-mail</w:t>
       </w:r>
       <w:r w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
-        <w:t xml:space="preserve">3836, </w:t>
-[...16 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
-        <w:r w:rsidR="003B7EB9">
+        <w:r w:rsidRPr="00AF21AA">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="a8"/>
             <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
             <w:sz w:val="19"/>
             <w:szCs w:val="19"/>
             <w:lang w:val="bg-BG"/>
           </w:rPr>
-          <w:t>Mitko.Tangarov@elyug.bg</w:t>
+          <w:t>Mitko.Tangarov@evn.bg</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="001F56D3" w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B2C4969" w14:textId="3B71848C" w:rsidR="006B41E3" w:rsidRPr="000E32FF" w:rsidRDefault="000E32FF" w:rsidP="000E32FF">
+    <w:p w14:paraId="3781B2EF" w14:textId="77777777" w:rsidR="006B41E3" w:rsidRPr="000E32FF" w:rsidRDefault="000E32FF" w:rsidP="000E32FF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E10640">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
-        <w:t>инж. Марияна Шаламанова – тел.032/</w:t>
-[...17 lines deleted...]
-        <w:t>3370</w:t>
+        <w:t>инж. Марияна Шаламанова – тел.032/303370</w:t>
       </w:r>
       <w:r w:rsidRPr="00E10640">
         <w:rPr>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00E10640">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">E-mail: </w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidRPr="00C72391">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="a8"/>
             <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
             <w:sz w:val="19"/>
             <w:szCs w:val="19"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>M</w:t>
         </w:r>
         <w:r w:rsidRPr="00C72391">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="a8"/>
             <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
             <w:sz w:val="19"/>
             <w:szCs w:val="19"/>
             <w:lang w:val="bg-BG"/>
           </w:rPr>
           <w:t>ariyana.</w:t>
         </w:r>
         <w:r w:rsidRPr="00C72391">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="a8"/>
             <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
             <w:sz w:val="19"/>
             <w:szCs w:val="19"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>S</w:t>
         </w:r>
         <w:r w:rsidRPr="00C72391">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="a8"/>
             <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
             <w:sz w:val="19"/>
             <w:szCs w:val="19"/>
             <w:lang w:val="bg-BG"/>
           </w:rPr>
           <w:t>halamanova@elyug.bg</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7D09186F" w14:textId="77777777" w:rsidR="006B41E3" w:rsidRPr="00AF21AA" w:rsidRDefault="00AE1669" w:rsidP="00AE1669">
+    <w:p w14:paraId="05BA3F3D" w14:textId="77777777" w:rsidR="006B41E3" w:rsidRPr="00AF21AA" w:rsidRDefault="00AE1669" w:rsidP="00AE1669">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">2. </w:t>
       </w:r>
       <w:r w:rsidR="006B41E3" w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>За Доставчика:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60FB4B9D" w14:textId="77777777" w:rsidR="001F56D3" w:rsidRPr="00AF21AA" w:rsidRDefault="00202076" w:rsidP="00AE1669">
+    <w:p w14:paraId="5518B46A" w14:textId="77777777" w:rsidR="001F56D3" w:rsidRPr="00AF21AA" w:rsidRDefault="00202076" w:rsidP="00AE1669">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
@@ -657,51 +601,51 @@
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:noProof/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                   </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2390B874" w14:textId="77777777" w:rsidR="006171D2" w:rsidRPr="00AF21AA" w:rsidRDefault="00202076" w:rsidP="00AE1669">
+    <w:p w14:paraId="2FCE3B9F" w14:textId="77777777" w:rsidR="006171D2" w:rsidRPr="00AF21AA" w:rsidRDefault="00202076" w:rsidP="00AE1669">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
@@ -747,123 +691,145 @@
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                   </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="006171D2" w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0200FBA2" w14:textId="77777777" w:rsidR="006171D2" w:rsidRPr="00AF21AA" w:rsidRDefault="006171D2" w:rsidP="00AE1669">
+    <w:p w14:paraId="15D218EF" w14:textId="77777777" w:rsidR="006171D2" w:rsidRPr="00AF21AA" w:rsidRDefault="006171D2" w:rsidP="00AE1669">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7AC21FE2" w14:textId="77777777" w:rsidR="006B41E3" w:rsidRPr="00AF21AA" w:rsidRDefault="006B41E3" w:rsidP="00AE1669">
+    <w:p w14:paraId="381337F4" w14:textId="77777777" w:rsidR="006B41E3" w:rsidRPr="00AF21AA" w:rsidRDefault="006B41E3" w:rsidP="00AE1669">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>ІІ. Списък на отговорните лица от двете страни по въпроси</w:t>
       </w:r>
       <w:r w:rsidR="00181511">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
-        <w:t xml:space="preserve"> свързани с обм</w:t>
+        <w:t xml:space="preserve"> свързани с </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF21AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+          <w:b/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>обм</w:t>
       </w:r>
       <w:r w:rsidR="00AE1669" w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
-        <w:t xml:space="preserve">на на данни, заявки за </w:t>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF21AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+          <w:b/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на данни, заявки за </w:t>
       </w:r>
       <w:r w:rsidR="00B8690F" w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">преустановяване и възстановяване на снабдяването </w:t>
       </w:r>
       <w:r w:rsidR="00181511" w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">с ел.енергия </w:t>
       </w:r>
       <w:r w:rsidR="00B8690F" w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b/>
@@ -872,63 +838,63 @@
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">на </w:t>
       </w:r>
       <w:r w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>обекти на клиенти</w:t>
       </w:r>
       <w:r w:rsidR="00B8690F" w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="044E1D7D" w14:textId="77777777" w:rsidR="00B8690F" w:rsidRPr="00AF21AA" w:rsidRDefault="00B8690F" w:rsidP="00AE1669">
+    <w:p w14:paraId="54566F25" w14:textId="77777777" w:rsidR="00B8690F" w:rsidRPr="00AF21AA" w:rsidRDefault="00B8690F" w:rsidP="00AE1669">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="43CDFCAE" w14:textId="5587A179" w:rsidR="00B8690F" w:rsidRPr="006E0247" w:rsidRDefault="002F1A26" w:rsidP="00AE1669">
+    <w:p w14:paraId="12F2C0AD" w14:textId="77777777" w:rsidR="00B8690F" w:rsidRPr="006E0247" w:rsidRDefault="002F1A26" w:rsidP="00AE1669">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>1. За „</w:t>
       </w:r>
       <w:r w:rsidR="001D2951">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
@@ -940,84 +906,64 @@
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>“ ЕАД</w:t>
       </w:r>
       <w:r w:rsidR="006E0247">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> - О</w:t>
       </w:r>
       <w:r w:rsidR="006E0247" w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
-        <w:t>тдел „</w:t>
-[...19 lines deleted...]
-        <w:t>“</w:t>
+        <w:t>тдел „Управление на измервателни данни“</w:t>
       </w:r>
       <w:r w:rsidR="00974FAB" w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="506388DC" w14:textId="0CF6BF1C" w:rsidR="00B8690F" w:rsidRPr="00AF21AA" w:rsidRDefault="00B0074F" w:rsidP="00AE1669">
+    <w:p w14:paraId="05D66559" w14:textId="77777777" w:rsidR="00B8690F" w:rsidRPr="00AF21AA" w:rsidRDefault="00B0074F" w:rsidP="00AE1669">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D2951">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>инж.</w:t>
       </w:r>
       <w:r w:rsidR="007B6F9C" w:rsidRPr="001D2951">
@@ -1052,217 +998,208 @@
       <w:r w:rsidR="00B8690F" w:rsidRPr="001D2951">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidR="00B84AE5" w:rsidRPr="001D2951">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B8690F" w:rsidRPr="001D2951">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
-        <w:t>тел.032/</w:t>
-[...8 lines deleted...]
-        <w:t>97</w:t>
+        <w:t>тел.032/30</w:t>
       </w:r>
       <w:r w:rsidR="007B6F9C" w:rsidRPr="001D2951">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>4535</w:t>
       </w:r>
       <w:r w:rsidR="00B8690F" w:rsidRPr="001D2951">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00AE1669" w:rsidRPr="001D2951">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>E-mail</w:t>
       </w:r>
       <w:r w:rsidR="00B8690F" w:rsidRPr="001D2951">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:hyperlink r:id="rId10" w:history="1">
-        <w:r w:rsidR="003B7EB9">
+        <w:r w:rsidR="007B6F9C" w:rsidRPr="00AF21AA">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="a8"/>
             <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
             <w:sz w:val="19"/>
             <w:szCs w:val="19"/>
             <w:lang w:val="bg-BG"/>
           </w:rPr>
-          <w:t>Atanas.Popov@elyug.bg</w:t>
+          <w:t>Atanas.Popov@evn.bg</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00B8690F" w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15863E1C" w14:textId="710E5D40" w:rsidR="00B8690F" w:rsidRPr="00AF21AA" w:rsidRDefault="00A61118" w:rsidP="00AE1669">
+    <w:p w14:paraId="0CFAB92A" w14:textId="7BD328DF" w:rsidR="00B8690F" w:rsidRPr="00AF21AA" w:rsidRDefault="00F240F0" w:rsidP="00AE1669">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC2E1D">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>инж.</w:t>
       </w:r>
       <w:r w:rsidRPr="00FC2E1D">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:color w:val="1F497D"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00FC2E1D">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">Деньо Аладжов – тел.032/973263, E-mail: </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidRPr="00C14203">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="a8"/>
             <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
             <w:sz w:val="19"/>
             <w:szCs w:val="19"/>
           </w:rPr>
           <w:t>Denyo.Aladzhov@elyug.bg</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00B8690F" w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A097802" w14:textId="77777777" w:rsidR="00B8690F" w:rsidRPr="00AF21AA" w:rsidRDefault="00AE1669" w:rsidP="00AE1669">
+    <w:p w14:paraId="099E2BB8" w14:textId="77777777" w:rsidR="00B8690F" w:rsidRPr="00AF21AA" w:rsidRDefault="00AE1669" w:rsidP="00AE1669">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">2. </w:t>
       </w:r>
       <w:r w:rsidR="00B8690F" w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>За Доставчика:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="384DDBA3" w14:textId="77777777" w:rsidR="00B8690F" w:rsidRPr="00AF21AA" w:rsidRDefault="00202076" w:rsidP="00AE1669">
+    <w:p w14:paraId="13FFF2CF" w14:textId="77777777" w:rsidR="00B8690F" w:rsidRPr="00AF21AA" w:rsidRDefault="00202076" w:rsidP="00AE1669">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
@@ -1298,51 +1235,51 @@
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:noProof/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                   </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1DEFE02C" w14:textId="77777777" w:rsidR="00B8690F" w:rsidRPr="00AF21AA" w:rsidRDefault="00202076" w:rsidP="00AE1669">
+    <w:p w14:paraId="5D12B52E" w14:textId="77777777" w:rsidR="00B8690F" w:rsidRPr="00AF21AA" w:rsidRDefault="00202076" w:rsidP="00AE1669">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
@@ -1378,119 +1315,119 @@
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:noProof/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                   </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1677B74D" w14:textId="77777777" w:rsidR="006E0247" w:rsidRPr="00AF21AA" w:rsidRDefault="006E0247" w:rsidP="006E0247">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w14:paraId="31BD9894" w14:textId="77777777" w:rsidR="006E0247" w:rsidRPr="00AF21AA" w:rsidRDefault="006E0247" w:rsidP="006E0247">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="09BFCB1C" w14:textId="77777777" w:rsidR="00B8690F" w:rsidRPr="00AF21AA" w:rsidRDefault="00B8690F" w:rsidP="00AE1669">
+    <w:p w14:paraId="51932AB3" w14:textId="77777777" w:rsidR="00B8690F" w:rsidRPr="00AF21AA" w:rsidRDefault="00B8690F" w:rsidP="00AE1669">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>ІІІ. Списък на отговорните лица от двете страни по въпроси</w:t>
       </w:r>
       <w:r w:rsidR="00181511">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> свързани с фактурирането на мрежовите услуги:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1DDFA540" w14:textId="77777777" w:rsidR="00AE1669" w:rsidRPr="00AF21AA" w:rsidRDefault="00AE1669" w:rsidP="00AE1669">
+    <w:p w14:paraId="15D9F311" w14:textId="77777777" w:rsidR="00AE1669" w:rsidRPr="00AF21AA" w:rsidRDefault="00AE1669" w:rsidP="00AE1669">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="27D344F2" w14:textId="77777777" w:rsidR="00B84AE5" w:rsidRPr="006E0247" w:rsidRDefault="002F1A26" w:rsidP="00AE1669">
+    <w:p w14:paraId="654E8513" w14:textId="77777777" w:rsidR="00B84AE5" w:rsidRPr="006E0247" w:rsidRDefault="002F1A26" w:rsidP="00AE1669">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>1. За „</w:t>
       </w:r>
       <w:r w:rsidR="001D2951">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
@@ -1518,138 +1455,118 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006E0247">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>- О</w:t>
       </w:r>
       <w:r w:rsidR="006E0247" w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>тдел „Билинг“</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F08B055" w14:textId="4F1C5669" w:rsidR="007B6F9C" w:rsidRPr="00AF21AA" w:rsidRDefault="007B6F9C" w:rsidP="007B6F9C">
+    <w:p w14:paraId="1054290F" w14:textId="77777777" w:rsidR="007B6F9C" w:rsidRPr="00AF21AA" w:rsidRDefault="007B6F9C" w:rsidP="007B6F9C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:noProof/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
-        <w:t>Димитър Карамихов – тел.032/</w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve">4299, </w:t>
+        <w:t xml:space="preserve">Димитър Карамихов – тел.032/304299, </w:t>
       </w:r>
       <w:r w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>E-mail</w:t>
       </w:r>
       <w:r w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:noProof/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidRPr="00AF21AA">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="a8"/>
             <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
             <w:sz w:val="19"/>
             <w:szCs w:val="19"/>
             <w:lang w:val="bg-BG"/>
           </w:rPr>
           <w:t>Dimitar.Karamihov@evn.bg</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3B61A477" w14:textId="0D2BE538" w:rsidR="007B6F9C" w:rsidRPr="00AF21AA" w:rsidRDefault="00B8690F" w:rsidP="007B6F9C">
+    <w:p w14:paraId="07B7E14B" w14:textId="77777777" w:rsidR="007B6F9C" w:rsidRPr="00AF21AA" w:rsidRDefault="00B8690F" w:rsidP="007B6F9C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>Севдалина Стоянова</w:t>
       </w:r>
       <w:r w:rsidRPr="00AF21AA">
@@ -1665,112 +1582,94 @@
       <w:r w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidR="00B84AE5" w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
-        <w:t>тел.032/</w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">3707, </w:t>
+        <w:t xml:space="preserve">тел.032/303707, </w:t>
       </w:r>
       <w:r w:rsidR="00B0074F" w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>E-mail</w:t>
       </w:r>
       <w:r w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:hyperlink r:id="rId13" w:history="1">
         <w:r w:rsidRPr="00AF21AA">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="a8"/>
             <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
             <w:sz w:val="19"/>
             <w:szCs w:val="19"/>
             <w:lang w:val="bg-BG"/>
           </w:rPr>
           <w:t>Sevdalina.Stoyanova@evn.bg</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2BEF3F2D" w14:textId="68055E79" w:rsidR="00B8690F" w:rsidRPr="00AF21AA" w:rsidRDefault="00B8690F" w:rsidP="00AE1669">
+    <w:p w14:paraId="344AC09B" w14:textId="77777777" w:rsidR="00B8690F" w:rsidRPr="00AF21AA" w:rsidRDefault="00B8690F" w:rsidP="00AE1669">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>Анатолия Лютова</w:t>
       </w:r>
       <w:r w:rsidRPr="00AF21AA">
@@ -1786,151 +1685,133 @@
       <w:r w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidR="00B84AE5" w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
-        <w:t>тел.032/</w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">3228, </w:t>
+        <w:t xml:space="preserve">тел.032/303228, </w:t>
       </w:r>
       <w:r w:rsidR="00B0074F" w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>E-mail</w:t>
       </w:r>
       <w:r w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00B0074F" w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidR="00AE1669" w:rsidRPr="00AF21AA">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="a8"/>
             <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
             <w:sz w:val="19"/>
             <w:szCs w:val="19"/>
             <w:lang w:val="bg-BG"/>
           </w:rPr>
           <w:t>Anatolya.Lyutova@evn.bg</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="145761F0" w14:textId="77777777" w:rsidR="00B8690F" w:rsidRPr="00AF21AA" w:rsidRDefault="00B0074F" w:rsidP="00AE1669">
+    <w:p w14:paraId="32CBC34A" w14:textId="77777777" w:rsidR="00B8690F" w:rsidRPr="00AF21AA" w:rsidRDefault="00B0074F" w:rsidP="00AE1669">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">2. </w:t>
       </w:r>
       <w:r w:rsidR="00AE1669" w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>За Доставчика:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7754FDB0" w14:textId="77777777" w:rsidR="00AE1669" w:rsidRPr="00AF21AA" w:rsidRDefault="00202076" w:rsidP="00AE1669">
+    <w:p w14:paraId="4E0FC493" w14:textId="77777777" w:rsidR="00AE1669" w:rsidRPr="00AF21AA" w:rsidRDefault="00202076" w:rsidP="00AE1669">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
@@ -1966,51 +1847,51 @@
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:noProof/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                   </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12955069" w14:textId="77777777" w:rsidR="00AE1669" w:rsidRPr="00AF21AA" w:rsidRDefault="00202076" w:rsidP="00AE1669">
+    <w:p w14:paraId="4DF51B4F" w14:textId="77777777" w:rsidR="00AE1669" w:rsidRPr="00AF21AA" w:rsidRDefault="00202076" w:rsidP="00AE1669">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
@@ -2056,64 +1937,64 @@
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                   </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00AE1669" w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="053A8F36" w14:textId="77777777" w:rsidR="00AE1669" w:rsidRPr="00AF21AA" w:rsidRDefault="00AE1669" w:rsidP="00AE1669">
+    <w:p w14:paraId="4F2592B8" w14:textId="77777777" w:rsidR="00AE1669" w:rsidRPr="00AF21AA" w:rsidRDefault="00AE1669" w:rsidP="00AE1669">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:color w:val="1F497D"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3294AD89" w14:textId="77777777" w:rsidR="00B8690F" w:rsidRPr="00AF21AA" w:rsidRDefault="00B8690F" w:rsidP="00AE1669">
+    <w:p w14:paraId="6F7A81B2" w14:textId="77777777" w:rsidR="00B8690F" w:rsidRPr="00AF21AA" w:rsidRDefault="00B8690F" w:rsidP="00AE1669">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>ІV. Списък на отговорните лица от двете страни по въпроси</w:t>
       </w:r>
       <w:r w:rsidR="00181511">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b/>
           <w:sz w:val="19"/>
@@ -2130,64 +2011,64 @@
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> свързани с плащане на мрежови услуги,</w:t>
       </w:r>
       <w:r w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>санкции за просрочени задължения и събиране на вземания:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CD22CFA" w14:textId="77777777" w:rsidR="00B8690F" w:rsidRPr="00AF21AA" w:rsidRDefault="00B8690F" w:rsidP="00AE1669">
+    <w:p w14:paraId="49CE763C" w14:textId="77777777" w:rsidR="00B8690F" w:rsidRPr="00AF21AA" w:rsidRDefault="00B8690F" w:rsidP="00AE1669">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="76141BE1" w14:textId="77777777" w:rsidR="00974FAB" w:rsidRPr="00AF21AA" w:rsidRDefault="002F1A26" w:rsidP="00B0074F">
+    <w:p w14:paraId="109ABD48" w14:textId="77777777" w:rsidR="00974FAB" w:rsidRPr="00AF21AA" w:rsidRDefault="002F1A26" w:rsidP="00B0074F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>1. За „</w:t>
       </w:r>
       <w:r w:rsidR="001D2951">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
@@ -2212,402 +2093,405 @@
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
       <w:r w:rsidR="006E0247" w:rsidRPr="006E0247">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>О</w:t>
       </w:r>
       <w:r w:rsidR="00974FAB" w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>тдел „Билинг“</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C7E7541" w14:textId="31062C96" w:rsidR="00B0074F" w:rsidRPr="00AF21AA" w:rsidRDefault="00530E54" w:rsidP="00202076">
+    <w:p w14:paraId="1B5C32B3" w14:textId="3CC9C146" w:rsidR="00B0074F" w:rsidRPr="00AF21AA" w:rsidRDefault="00EF5B87" w:rsidP="00202076">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-        <w:t>Атанас Калинов</w:t>
+      <w:r w:rsidRPr="006004C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>Атанаска Стоилова</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B0074F" w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
-        <w:t xml:space="preserve"> –</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="00530E54">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="007F30EF">
-[...16 lines deleted...]
-      </w:r>
       <w:r w:rsidR="00B0074F" w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
+        <w:t>тел.032/30</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF5B87">
+        <w:rPr>
+          <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>4948</w:t>
+      </w:r>
+      <w:r w:rsidR="00B0074F" w:rsidRPr="00AF21AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
         <w:t>, E-mail:</w:t>
       </w:r>
       <w:r w:rsidR="00B0074F" w:rsidRPr="00202076">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId15" w:history="1">
-        <w:r w:rsidRPr="000E5A47">
+        <w:r w:rsidRPr="00F81A57">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="a8"/>
+            <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+            <w:sz w:val="19"/>
+            <w:szCs w:val="19"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>Atanaska</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00F81A57">
+          <w:rPr>
+            <w:rStyle w:val="a8"/>
+            <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+            <w:sz w:val="19"/>
+            <w:szCs w:val="19"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00F81A57">
+          <w:rPr>
+            <w:rStyle w:val="a8"/>
+            <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+            <w:sz w:val="19"/>
+            <w:szCs w:val="19"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>Stoilova</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00F81A57">
+          <w:rPr>
+            <w:rStyle w:val="a8"/>
+            <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+            <w:sz w:val="19"/>
+            <w:szCs w:val="19"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>@</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00F81A57">
+          <w:rPr>
+            <w:rStyle w:val="a8"/>
+            <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+            <w:sz w:val="19"/>
+            <w:szCs w:val="19"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>evn</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00F81A57">
+          <w:rPr>
+            <w:rStyle w:val="a8"/>
+            <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+            <w:sz w:val="19"/>
+            <w:szCs w:val="19"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00F81A57">
+          <w:rPr>
+            <w:rStyle w:val="a8"/>
+            <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+            <w:sz w:val="19"/>
+            <w:szCs w:val="19"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>b</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00F81A57">
+          <w:rPr>
+            <w:rStyle w:val="a8"/>
             <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
             <w:sz w:val="19"/>
             <w:szCs w:val="19"/>
           </w:rPr>
-          <w:t>Atanas</w:t>
+          <w:t>g</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00B0074F" w:rsidRPr="00AF21AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+          <w:b/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B11B1B4" w14:textId="77777777" w:rsidR="00B0074F" w:rsidRPr="00AF21AA" w:rsidRDefault="00530E54" w:rsidP="00B0074F">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+          <w:b/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>Евгения Танева</w:t>
+      </w:r>
+      <w:r w:rsidR="00B0074F" w:rsidRPr="00AF21AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+          <w:color w:val="1F497D"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B0074F" w:rsidRPr="00AF21AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00530E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B0074F" w:rsidRPr="00AF21AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>тел.032/30</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>1121</w:t>
+      </w:r>
+      <w:r w:rsidR="00B0074F" w:rsidRPr="00AF21AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, E-mail: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16" w:history="1">
+        <w:r w:rsidRPr="000E5A47">
+          <w:rPr>
+            <w:rStyle w:val="a8"/>
+            <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+            <w:sz w:val="19"/>
+            <w:szCs w:val="19"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>Evgeniya</w:t>
         </w:r>
         <w:r w:rsidRPr="000E5A47">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="a8"/>
             <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
             <w:sz w:val="19"/>
             <w:szCs w:val="19"/>
             <w:lang w:val="ru-RU"/>
           </w:rPr>
           <w:t>.</w:t>
         </w:r>
         <w:r w:rsidRPr="000E5A47">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
-[...178 lines deleted...]
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="a8"/>
             <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
             <w:sz w:val="19"/>
             <w:szCs w:val="19"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>Taneva</w:t>
         </w:r>
         <w:r w:rsidRPr="000E5A47">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="a8"/>
             <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
             <w:sz w:val="19"/>
             <w:szCs w:val="19"/>
             <w:lang w:val="bg-BG"/>
           </w:rPr>
           <w:t>@evn.bg</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00B0074F" w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38B4AED9" w14:textId="77777777" w:rsidR="00B0074F" w:rsidRPr="00AF21AA" w:rsidRDefault="00B0074F" w:rsidP="00B0074F">
+    <w:p w14:paraId="30DB1478" w14:textId="77777777" w:rsidR="00B0074F" w:rsidRPr="00AF21AA" w:rsidRDefault="00B0074F" w:rsidP="00B0074F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001C3D38">
-[...6 lines deleted...]
-        <w:t>2.</w:t>
+      <w:r w:rsidRPr="00EF5B87">
+        <w:rPr>
+          <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+          <w:bCs/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="006E0247">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>За Доставчика:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06A48038" w14:textId="77777777" w:rsidR="00B0074F" w:rsidRPr="00AF21AA" w:rsidRDefault="00202076" w:rsidP="00B0074F">
+    <w:p w14:paraId="5FACFD68" w14:textId="77777777" w:rsidR="00B0074F" w:rsidRPr="00AF21AA" w:rsidRDefault="00202076" w:rsidP="00B0074F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
@@ -2643,51 +2527,51 @@
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:noProof/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                   </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FD79F76" w14:textId="77777777" w:rsidR="00B0074F" w:rsidRPr="00AF21AA" w:rsidRDefault="00202076" w:rsidP="00B0074F">
+    <w:p w14:paraId="0A82795E" w14:textId="77777777" w:rsidR="00B0074F" w:rsidRPr="00AF21AA" w:rsidRDefault="00202076" w:rsidP="00B0074F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
@@ -2733,75 +2617,75 @@
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                   </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00B0074F" w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E0D57C5" w14:textId="77777777" w:rsidR="00B0074F" w:rsidRDefault="00B0074F" w:rsidP="00974FAB">
+    <w:p w14:paraId="4A76C4EB" w14:textId="77777777" w:rsidR="00B0074F" w:rsidRDefault="00B0074F" w:rsidP="00974FAB">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="20ECFB9B" w14:textId="77777777" w:rsidR="00202076" w:rsidRDefault="00202076" w:rsidP="00202076">
+    <w:p w14:paraId="496D46EF" w14:textId="77777777" w:rsidR="00202076" w:rsidRDefault="00202076" w:rsidP="00202076">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3E7D3762" w14:textId="77777777" w:rsidR="00202076" w:rsidRDefault="00202076" w:rsidP="00202076">
+    <w:p w14:paraId="00471752" w14:textId="77777777" w:rsidR="00202076" w:rsidRDefault="00202076" w:rsidP="00202076">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">Дата: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
@@ -2839,98 +2723,97 @@
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:noProof/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">                              </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64C28EC7" w14:textId="77777777" w:rsidR="00202076" w:rsidRDefault="00202076" w:rsidP="00202076">
+    <w:p w14:paraId="425645C2" w14:textId="77777777" w:rsidR="00202076" w:rsidRDefault="00202076" w:rsidP="00202076">
       <w:pPr>
         <w:spacing w:before="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
-              <w:checked w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00DB7BC1">
-[...7 lines deleted...]
-      <w:r w:rsidR="00DB7BC1">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">гр./ </w:t>
@@ -2941,59 +2824,59 @@
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00DB7BC1">
-[...7 lines deleted...]
-      <w:r w:rsidR="00DB7BC1">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">с. </w:t>
@@ -3040,51 +2923,51 @@
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:noProof/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">                              </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16EC62E1" w14:textId="77777777" w:rsidR="00202076" w:rsidRDefault="007467DD" w:rsidP="00202076">
+    <w:p w14:paraId="02BEFA53" w14:textId="77777777" w:rsidR="00202076" w:rsidRDefault="007467DD" w:rsidP="00202076">
       <w:pPr>
         <w:spacing w:before="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>За Доставчика</w:t>
       </w:r>
       <w:r w:rsidR="00202076">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
@@ -3151,51 +3034,51 @@
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00202076">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:noProof/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                   </w:t>
       </w:r>
       <w:r w:rsidR="00202076">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="059A0B83" w14:textId="77777777" w:rsidR="007F0DFE" w:rsidRPr="00AF21AA" w:rsidRDefault="00202076" w:rsidP="00202076">
+    <w:p w14:paraId="7395F1A7" w14:textId="77777777" w:rsidR="007F0DFE" w:rsidRPr="00AF21AA" w:rsidRDefault="00202076" w:rsidP="00202076">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:i/>
           <w:color w:val="808080"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">            </w:t>
       </w:r>
       <w:r w:rsidR="00181511">
         <w:rPr>
@@ -3212,70 +3095,70 @@
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:i/>
           <w:color w:val="808080"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>име, фамилия / подпис, печат</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="007F0DFE" w:rsidRPr="00AF21AA" w:rsidSect="001D2951">
       <w:headerReference w:type="default" r:id="rId17"/>
       <w:footerReference w:type="default" r:id="rId18"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="937" w:right="1418" w:bottom="567" w:left="1418" w:header="720" w:footer="720" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7029995C" w14:textId="77777777" w:rsidR="00BF08DB" w:rsidRDefault="00BF08DB">
+    <w:p w14:paraId="2D465311" w14:textId="77777777" w:rsidR="00BF08DB" w:rsidRDefault="00BF08DB">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="57577FB5" w14:textId="77777777" w:rsidR="00BF08DB" w:rsidRDefault="00BF08DB">
+    <w:p w14:paraId="1939F2D0" w14:textId="77777777" w:rsidR="00BF08DB" w:rsidRDefault="00BF08DB">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -3287,254 +3170,254 @@
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Frutiger Next for EVN Light">
     <w:panose1 w:val="020B0303040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="04DF84D5" w14:textId="77777777" w:rsidR="007F0DFE" w:rsidRPr="007A4FB8" w:rsidRDefault="007676C7" w:rsidP="007F0DFE">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="123C6467" w14:textId="77777777" w:rsidR="007F0DFE" w:rsidRPr="007A4FB8" w:rsidRDefault="007676C7" w:rsidP="007F0DFE">
     <w:pPr>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
         <w:iCs/>
         <w:sz w:val="19"/>
         <w:szCs w:val="19"/>
         <w:lang w:val="ru-RU"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4EF4592D" wp14:editId="0F0DFC40">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="374FE12F" wp14:editId="0E7E8718">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-852805</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>19050</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="381000" cy="728980"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="1" name="Текстово поле 2"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
                       <a:spLocks/>
                     </wps:cNvSpPr>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="381000" cy="728980"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:solidFill>
                         <a:sysClr val="window" lastClr="FFFFFF"/>
                       </a:solidFill>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                       <a:effectLst/>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="583B564B" w14:textId="45619CFB" w:rsidR="007676C7" w:rsidRPr="003650C0" w:rsidRDefault="00D810C6" w:rsidP="007676C7">
+                        <w:p w14:paraId="5C4B0C94" w14:textId="77777777" w:rsidR="007676C7" w:rsidRPr="001D2951" w:rsidRDefault="007676C7" w:rsidP="007676C7">
                           <w:pPr>
                             <w:rPr>
                               <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
-                              <w:sz w:val="16"/>
-                              <w:lang w:val="en-US"/>
+                              <w:sz w:val="18"/>
+                              <w:lang w:val="bg-BG"/>
                             </w:rPr>
                           </w:pPr>
-                          <w:r>
+                          <w:r w:rsidRPr="00122C68">
                             <w:rPr>
                               <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
-                              <w:sz w:val="16"/>
+                              <w:sz w:val="18"/>
                             </w:rPr>
-                            <w:t>NA</w:t>
-[...21 lines deleted...]
-                            <w:t>102</w:t>
+                            <w:t>MH04</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
-                              <w:sz w:val="16"/>
-                              <w:lang w:val="en-US"/>
+                              <w:sz w:val="18"/>
                             </w:rPr>
-                            <w:t>3</w:t>
+                            <w:t>1</w:t>
+                          </w:r>
+                          <w:r w:rsidR="001D2951">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+                              <w:sz w:val="18"/>
+                            </w:rPr>
+                            <w:t>-</w:t>
+                          </w:r>
+                          <w:r w:rsidR="001D2951">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+                              <w:sz w:val="18"/>
+                              <w:lang w:val="bg-BG"/>
+                            </w:rPr>
+                            <w:t>0</w:t>
+                          </w:r>
+                          <w:r w:rsidR="00E10640">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+                              <w:sz w:val="18"/>
+                              <w:lang w:val="bg-BG"/>
+                            </w:rPr>
+                            <w:t>820</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="vert270" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="4EF4592D" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype w14:anchorId="374FE12F" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Текстово поле 2" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:-67.15pt;margin-top:1.5pt;width:30pt;height:57.4pt;z-index:251663360;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBa5ur1TAIAAJUEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtvGjEQvlfqf7B8L7sQEsiKJaJEVJVQ&#10;EolUORuvDVa9Htc27NJf37FZHk17qsrBjD3P75uZnTy0tSZ74bwCU9J+L6dEGA6VMpuSfntdfBpT&#10;4gMzFdNgREkPwtOH6ccPk8YWYgBb0JVwBIMYXzS2pNsQbJFlnm9FzXwPrDColOBqFvDqNlnlWIPR&#10;a50N8vwua8BV1gEX3uPr41FJpym+lIKHZym9CESXFGsL6XTpXMczm05YsXHMbhXvymD/UEXNlMGk&#10;51CPLDCyc+qPULXiDjzI0ONQZyCl4iJhQDT9/B2a1ZZZkbAgOd6eafL/Lyx/2q/siyOh/QwtNjCB&#10;8HYJ/LtHbrLG+qKziZz6wqN1BNpKV8d/hEDQEbk9nPkUbSAcH2/G/TxHDUfVaDC+Hye+s4uzdT58&#10;EVCTKJTUYbtSAWy/9CGmZ8XJJObyoFW1UFqny8HPtSN7hp3FgaigoUQzH/CxpIv0i93FEL+5aUOa&#10;kt7d3OYpk4EY72inTYwr0tR0+S+IoxTadUtUFWlCj/iyhuqA7Dk4Dpa3fKEQyhLreGEOJwnR43aE&#10;ZzykBswMnUTJFtzPv71H+5LGczBC9waHs6T+x445gQi/Guz+fX84RFVIl+HtaIAXd61ZX2vMrp4D&#10;stTHVbQ8idE+6JMoHdRvuEezmBhVzHAsrqThJM7DcWVwD7mYzZIRzq9lYWlWlp/mJvbqtX1jznYN&#10;DTgJT3AaY1a86+vRNpJuYLYLIFVq+oXYbgBx9lMjuz2Ny3V9T1aXr8n0FwAAAP//AwBQSwMEFAAG&#10;AAgAAAAhAI4FR3TeAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj01Lw0AURfeC/2F4BXfpJEZM&#10;iZkUERXcCI3SbKeZZyY080Fm2sR/7+vKLi/vcN+51XYxIzvjFAZnBWTrFBjazqnB9gK+v96SDbAQ&#10;pVVydBYF/GKAbX17U8lSudnu8NzEnlGJDaUUoGP0Jeeh02hkWDuPlm4/bjIyUpx6riY5U7kZ+X2a&#10;PnIjB0sftPT4orE7NicjYI9atru23Td98Tl/eP8+vnIjxN1qeX4CFnGJ/zBc9EkdanI6uJNVgY0C&#10;kix/yIkVkNMmApLikg9EZsUGeF3x6wn1HwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBa&#10;5ur1TAIAAJUEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQCOBUd03gAAAAoBAAAPAAAAAAAAAAAAAAAAAKYEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAsQUAAAAA&#10;" fillcolor="window" stroked="f" strokeweight=".5pt">
               <v:textbox style="layout-flow:vertical;mso-layout-flow-alt:bottom-to-top">
                 <w:txbxContent>
-                  <w:p w14:paraId="583B564B" w14:textId="45619CFB" w:rsidR="007676C7" w:rsidRPr="003650C0" w:rsidRDefault="00D810C6" w:rsidP="007676C7">
+                  <w:p w14:paraId="5C4B0C94" w14:textId="77777777" w:rsidR="007676C7" w:rsidRPr="001D2951" w:rsidRDefault="007676C7" w:rsidP="007676C7">
                     <w:pPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
-                        <w:sz w:val="16"/>
-                        <w:lang w:val="en-US"/>
+                        <w:sz w:val="18"/>
+                        <w:lang w:val="bg-BG"/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r>
+                    <w:r w:rsidRPr="00122C68">
                       <w:rPr>
                         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
-                        <w:sz w:val="16"/>
+                        <w:sz w:val="18"/>
                       </w:rPr>
-                      <w:t>NA</w:t>
-[...21 lines deleted...]
-                      <w:t>102</w:t>
+                      <w:t>MH04</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
-                        <w:sz w:val="16"/>
-                        <w:lang w:val="en-US"/>
+                        <w:sz w:val="18"/>
                       </w:rPr>
-                      <w:t>3</w:t>
+                      <w:t>1</w:t>
+                    </w:r>
+                    <w:r w:rsidR="001D2951">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+                        <w:sz w:val="18"/>
+                      </w:rPr>
+                      <w:t>-</w:t>
+                    </w:r>
+                    <w:r w:rsidR="001D2951">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+                        <w:sz w:val="18"/>
+                        <w:lang w:val="bg-BG"/>
+                      </w:rPr>
+                      <w:t>0</w:t>
+                    </w:r>
+                    <w:r w:rsidR="00E10640">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+                        <w:sz w:val="18"/>
+                        <w:lang w:val="bg-BG"/>
+                      </w:rPr>
+                      <w:t>820</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
-  <w:p w14:paraId="0DF79CD3" w14:textId="77777777" w:rsidR="007F0DFE" w:rsidRDefault="007F0DFE" w:rsidP="007F0DFE">
+  <w:p w14:paraId="31E48714" w14:textId="77777777" w:rsidR="007F0DFE" w:rsidRDefault="007F0DFE" w:rsidP="007F0DFE">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="a5"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:lang w:val="bg-BG"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="6F47FC07" w14:textId="77777777" w:rsidR="001D2951" w:rsidRPr="009D7E4B" w:rsidRDefault="001D2951" w:rsidP="001D2951">
+  <w:p w14:paraId="271EE4EE" w14:textId="77777777" w:rsidR="001D2951" w:rsidRPr="009D7E4B" w:rsidRDefault="001D2951" w:rsidP="001D2951">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="2891"/>
         <w:tab w:val="left" w:pos="5159"/>
         <w:tab w:val="left" w:pos="7257"/>
       </w:tabs>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="288" w:lineRule="auto"/>
       <w:textAlignment w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Frutiger Next for EVN Light"/>
         <w:color w:val="000000"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="009D7E4B">
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Frutiger Next for EVN Light"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="000000"/>
@@ -3567,51 +3450,51 @@
       <w:t xml:space="preserve">ул. Христо Г. Данов 37 </w:t>
     </w:r>
     <w:r w:rsidRPr="009D7E4B">
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Frutiger Next for EVN Light"/>
         <w:color w:val="000000"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
       </w:rPr>
       <w:tab/>
       <w:t>Свържете се с нас:</w:t>
     </w:r>
     <w:r w:rsidRPr="009D7E4B">
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Frutiger Next for EVN Light"/>
         <w:color w:val="000000"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
       </w:rPr>
       <w:tab/>
       <w:t>info@elyug.bg</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="379C8D48" w14:textId="77777777" w:rsidR="003D4764" w:rsidRPr="003932ED" w:rsidRDefault="001D2951" w:rsidP="001D2951">
+  <w:p w14:paraId="6741500E" w14:textId="77777777" w:rsidR="003D4764" w:rsidRPr="003932ED" w:rsidRDefault="001D2951" w:rsidP="001D2951">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="2257"/>
         <w:tab w:val="left" w:pos="4536"/>
       </w:tabs>
       <w:spacing w:line="180" w:lineRule="exact"/>
       <w:ind w:right="-1"/>
       <w:rPr>
         <w:spacing w:val="2"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Frutiger Next for EVN Light"/>
         <w:color w:val="000000"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
       </w:rPr>
       <w:t xml:space="preserve">ЕИК 115552190 </w:t>
     </w:r>
     <w:r w:rsidRPr="00044C33">
       <w:rPr>
@@ -3721,80 +3604,84 @@
         <w:szCs w:val="14"/>
         <w:lang w:val="ru-RU" w:eastAsia="bg-BG"/>
       </w:rPr>
       <w:t xml:space="preserve">                               </w:t>
     </w:r>
     <w:r w:rsidRPr="009D7E4B">
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Frutiger Next for EVN Light"/>
         <w:color w:val="000000"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="en-GB" w:eastAsia="bg-BG"/>
       </w:rPr>
       <w:t>www</w:t>
     </w:r>
     <w:r w:rsidRPr="00C122E5">
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Frutiger Next for EVN Light"/>
         <w:color w:val="000000"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="ru-RU" w:eastAsia="bg-BG"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
+    <w:proofErr w:type="spellStart"/>
     <w:r w:rsidRPr="009D7E4B">
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Frutiger Next for EVN Light"/>
         <w:color w:val="000000"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="en-GB" w:eastAsia="bg-BG"/>
       </w:rPr>
       <w:t>elyug</w:t>
     </w:r>
+    <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidRPr="00C122E5">
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Frutiger Next for EVN Light"/>
         <w:color w:val="000000"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="ru-RU" w:eastAsia="bg-BG"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
+    <w:proofErr w:type="spellStart"/>
     <w:r w:rsidRPr="009D7E4B">
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Frutiger Next for EVN Light"/>
         <w:color w:val="000000"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="en-GB" w:eastAsia="bg-BG"/>
       </w:rPr>
       <w:t>bg</w:t>
     </w:r>
+    <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidR="003932ED" w:rsidRPr="000E32FF">
       <w:rPr>
         <w:spacing w:val="2"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="ru-RU"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="003D4764" w:rsidRPr="00345505">
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
         <w:sz w:val="16"/>
         <w:lang w:val="bg-BG"/>
       </w:rPr>
       <w:t xml:space="preserve">стр. </w:t>
     </w:r>
     <w:r w:rsidR="003D4764" w:rsidRPr="00345505">
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidR="003D4764" w:rsidRPr="00345505">
@@ -3805,51 +3692,51 @@
       </w:rPr>
       <w:instrText xml:space="preserve"> </w:instrText>
     </w:r>
     <w:r w:rsidR="003D4764" w:rsidRPr="00345505">
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:instrText>PAGE</w:instrText>
     </w:r>
     <w:r w:rsidR="003D4764" w:rsidRPr="00345505">
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
         <w:sz w:val="16"/>
         <w:lang w:val="bg-BG"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> </w:instrText>
     </w:r>
     <w:r w:rsidR="003D4764" w:rsidRPr="00345505">
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="0034382B">
+    <w:r w:rsidR="00E10640">
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
         <w:noProof/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidR="003D4764" w:rsidRPr="00345505">
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidR="003D4764" w:rsidRPr="00345505">
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="003D4764" w:rsidRPr="00345505">
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
         <w:sz w:val="16"/>
@@ -3863,113 +3750,113 @@
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="003D4764" w:rsidRPr="00345505">
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidR="003D4764" w:rsidRPr="00345505">
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> NUMPAGES </w:instrText>
     </w:r>
     <w:r w:rsidR="003D4764" w:rsidRPr="00345505">
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="0034382B">
+    <w:r w:rsidR="00E10640">
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
         <w:noProof/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidR="003D4764" w:rsidRPr="00345505">
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="01B855CB" w14:textId="77777777" w:rsidR="00BF08DB" w:rsidRDefault="00BF08DB">
+    <w:p w14:paraId="60757015" w14:textId="77777777" w:rsidR="00BF08DB" w:rsidRDefault="00BF08DB">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3BA19EB6" w14:textId="77777777" w:rsidR="00BF08DB" w:rsidRDefault="00BF08DB">
+    <w:p w14:paraId="4F5A0404" w14:textId="77777777" w:rsidR="00BF08DB" w:rsidRDefault="00BF08DB">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="55C9DCBE" w14:textId="77777777" w:rsidR="001D2951" w:rsidRDefault="001D2951" w:rsidP="00345505">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="25ADE35A" w14:textId="77777777" w:rsidR="001D2951" w:rsidRDefault="001D2951" w:rsidP="00345505">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="a5"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4536"/>
         <w:tab w:val="left" w:pos="2977"/>
       </w:tabs>
       <w:spacing w:line="160" w:lineRule="exact"/>
       <w:rPr>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="bg-BG"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="00EF5418" wp14:editId="7879C494">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="601CA6CC" wp14:editId="4637D5F9">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>5447030</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-218440</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1152525" cy="504190"/>
           <wp:effectExtent l="0" t="0" r="9525" b="0"/>
           <wp:wrapThrough wrapText="bothSides">
             <wp:wrapPolygon edited="0">
               <wp:start x="18208" y="0"/>
               <wp:lineTo x="0" y="4081"/>
               <wp:lineTo x="0" y="20403"/>
               <wp:lineTo x="7855" y="20403"/>
               <wp:lineTo x="11425" y="20403"/>
               <wp:lineTo x="14281" y="20403"/>
               <wp:lineTo x="15352" y="17955"/>
               <wp:lineTo x="14995" y="13058"/>
               <wp:lineTo x="21421" y="11426"/>
               <wp:lineTo x="21421" y="1632"/>
               <wp:lineTo x="20707" y="0"/>
               <wp:lineTo x="18208" y="0"/>
             </wp:wrapPolygon>
           </wp:wrapThrough>
@@ -4007,87 +3894,87 @@
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00202076">
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
         <w:b/>
         <w:noProof/>
         <w:sz w:val="28"/>
         <w:szCs w:val="19"/>
         <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="727753E1" wp14:editId="66D9DCB1">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="67188094" wp14:editId="3209A6C7">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-520065</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-215900</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="2409825" cy="276225"/>
               <wp:effectExtent l="0" t="0" r="0" b="9525"/>
               <wp:wrapNone/>
               <wp:docPr id="2" name="Text Box 6"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
                       <a:spLocks noChangeArrowheads="1"/>
                     </wps:cNvSpPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="2409825" cy="276225"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="2692E21E" w14:textId="77777777" w:rsidR="00345505" w:rsidRPr="00345505" w:rsidRDefault="00345505" w:rsidP="00345505">
+                        <w:p w14:paraId="27114DFB" w14:textId="77777777" w:rsidR="00345505" w:rsidRPr="00345505" w:rsidRDefault="00345505" w:rsidP="00345505">
                           <w:pPr>
                             <w:jc w:val="right"/>
                             <w:rPr>
                               <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                               <w:lang w:val="bg-BG"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="00345505">
                             <w:rPr>
                               <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                               <w:lang w:val="bg-BG"/>
                             </w:rPr>
                             <w:t>Приложение №2</w:t>
                           </w:r>
                           <w:r w:rsidRPr="00345505">
                             <w:rPr>
                               <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                               <w:lang w:val="en-US"/>
                             </w:rPr>
@@ -4100,136 +3987,136 @@
                               <w:szCs w:val="18"/>
                               <w:lang w:val="bg-BG"/>
                             </w:rPr>
                             <w:t>към Рамков договор</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="727753E1" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype w14:anchorId="67188094" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Text Box 6" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:-40.95pt;margin-top:-17pt;width:189.75pt;height:21.75pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKB5Lb3gEAAKEDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtgx0psRp+hadBjQ&#10;rQO6fYAsS7YwW9QoJXb29aPkNM22t6IvAm8+5Dmk19fT0LOdQm/AVny5yDlTVkJjbFvxH9/vP1xy&#10;5oOwjejBqorvlefXm/fv1qMrVQEd9I1CRiDWl6OreBeCK7PMy04Nwi/AKUtJDTiIQC62WYNiJPSh&#10;z4o8P89GwMYhSOU9Re/mJN8kfK2VDI9aexVYX3GaLaQX01vHN9usRdmicJ2RhzHEK6YYhLHU9Ah1&#10;J4JgWzT/QQ1GInjQYSFhyEBrI1XiQGyW+T9snjrhVOJC4nh3lMm/Haz8unty35CF6SNMtMBEwrsH&#10;kD89s3DbCduqG0QYOyUaaryMkmWj8+Xh0yi1L30Eqccv0NCSxTZAApo0DlEV4skInRawP4qupsAk&#10;BYtVfnVZnHEmKVdcnBdkxxaifP7aoQ+fFAwsGhVHWmpCF7sHH+bS55LYzMK96fu02N7+FSDMGEnT&#10;x4Hn0cNUT1QdWdTQ7IkHwnwndNdkdIC/ORvpRiruf20FKs76z5a0uFquVvGokrM6uyjIwdNMfZoR&#10;VhJUxQNns3kb5kPcOjRtR51m9S3ckH7aJGovUx3mpjtI4hxuNh7aqZ+qXv6szR8AAAD//wMAUEsD&#10;BBQABgAIAAAAIQD2B4DX3gAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPsPkSdx&#10;25KNfbU0nRCIK2hjm8Qta7y2onGqJlvLv8ec4GbLj14/b7YdXCNu2IXak4bZVIFAKrytqdRw+Hid&#10;bECEaMiaxhNq+MYA23x0l5nU+p52eNvHUnAIhdRoqGJsUylDUaEzYepbJL5dfOdM5LUrpe1Mz+Gu&#10;kXOlVtKZmvhDZVp8rrD42l+dhuPb5fO0UO/li1u2vR+UJJdIre/Hw9MjiIhD/IPhV5/VIWens7+S&#10;DaLRMNnMEkZ5eFhwKSbmyXoF4qwhWYLMM/m/Qf4DAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAigeS294BAAChAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEA9geA194AAAAJAQAADwAAAAAAAAAAAAAAAAA4BAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAEMFAAAAAA==&#10;" filled="f" stroked="f">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="2692E21E" w14:textId="77777777" w:rsidR="00345505" w:rsidRPr="00345505" w:rsidRDefault="00345505" w:rsidP="00345505">
+                  <w:p w14:paraId="27114DFB" w14:textId="77777777" w:rsidR="00345505" w:rsidRPr="00345505" w:rsidRDefault="00345505" w:rsidP="00345505">
                     <w:pPr>
                       <w:jc w:val="right"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                         <w:lang w:val="bg-BG"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00345505">
                       <w:rPr>
                         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                         <w:lang w:val="bg-BG"/>
                       </w:rPr>
                       <w:t>Приложение №2</w:t>
                     </w:r>
                     <w:r w:rsidRPr="00345505">
                       <w:rPr>
                         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
                     <w:r w:rsidRPr="00345505">
                       <w:rPr>
                         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                         <w:lang w:val="bg-BG"/>
                       </w:rPr>
                       <w:t>към Рамков договор</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
-  <w:p w14:paraId="3C264754" w14:textId="77777777" w:rsidR="006E0247" w:rsidRPr="004C7E38" w:rsidRDefault="00345505" w:rsidP="00345505">
+  <w:p w14:paraId="1AF7C0A6" w14:textId="77777777" w:rsidR="006E0247" w:rsidRPr="004C7E38" w:rsidRDefault="00345505" w:rsidP="00345505">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="a5"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4536"/>
         <w:tab w:val="left" w:pos="2977"/>
       </w:tabs>
       <w:spacing w:line="160" w:lineRule="exact"/>
       <w:rPr>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="it-IT"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="004C7E38">
       <w:rPr>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="it-IT"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="238B4758" w14:textId="77777777" w:rsidR="006E0247" w:rsidRDefault="006E0247">
+  <w:p w14:paraId="2DA668B0" w14:textId="77777777" w:rsidR="006E0247" w:rsidRDefault="006E0247">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:pStyle w:val="a4"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00544494"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3898742E"/>
     <w:lvl w:ilvl="0" w:tplc="0402000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04020019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -5257,240 +5144,226 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04020005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="7200"/>
         </w:tabs>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1955095682">
+  <w:num w:numId="1" w16cid:durableId="597952940">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="91322887">
+  <w:num w:numId="2" w16cid:durableId="696976998">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="348529036">
+  <w:num w:numId="3" w16cid:durableId="278418087">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="368145754">
+  <w:num w:numId="4" w16cid:durableId="1521161321">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="301542388">
+  <w:num w:numId="5" w16cid:durableId="365640632">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="1465343922">
+  <w:num w:numId="6" w16cid:durableId="1108040392">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="601571354">
+  <w:num w:numId="7" w16cid:durableId="188448670">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="436752793">
+  <w:num w:numId="8" w16cid:durableId="499731820">
     <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="200"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="de-DE" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="0"/>
-  <w:activeWritingStyle w:appName="MSWord" w:lang="ru-RU" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="de-DE" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="ru-RU" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:documentProtection w:edit="forms" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="187"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="53249"/>
+    <o:shapedefaults v:ext="edit" spidmax="34817"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00BA5BF9"/>
     <w:rsid w:val="00003EB4"/>
     <w:rsid w:val="00022C24"/>
-    <w:rsid w:val="0005523D"/>
     <w:rsid w:val="00072A8B"/>
     <w:rsid w:val="000A285D"/>
     <w:rsid w:val="000D4F36"/>
     <w:rsid w:val="000E32FF"/>
     <w:rsid w:val="00181511"/>
-    <w:rsid w:val="00186E08"/>
-    <w:rsid w:val="001C3D38"/>
     <w:rsid w:val="001D2951"/>
     <w:rsid w:val="001F56D3"/>
     <w:rsid w:val="00202076"/>
     <w:rsid w:val="00220A11"/>
     <w:rsid w:val="00291F64"/>
     <w:rsid w:val="002B0A01"/>
     <w:rsid w:val="002C3073"/>
     <w:rsid w:val="002E5B53"/>
     <w:rsid w:val="002F1A26"/>
     <w:rsid w:val="0031747D"/>
-    <w:rsid w:val="0034382B"/>
     <w:rsid w:val="00345505"/>
     <w:rsid w:val="003470D4"/>
     <w:rsid w:val="0035097F"/>
-    <w:rsid w:val="003650C0"/>
     <w:rsid w:val="003932ED"/>
     <w:rsid w:val="0039740A"/>
     <w:rsid w:val="003A2716"/>
     <w:rsid w:val="003A39AA"/>
     <w:rsid w:val="003A6217"/>
-    <w:rsid w:val="003B7EB9"/>
     <w:rsid w:val="003D4764"/>
-    <w:rsid w:val="003F1B83"/>
     <w:rsid w:val="00431FB9"/>
     <w:rsid w:val="004817E5"/>
     <w:rsid w:val="00530E54"/>
     <w:rsid w:val="005426A5"/>
     <w:rsid w:val="00562FE9"/>
     <w:rsid w:val="005955B5"/>
-    <w:rsid w:val="005A45F7"/>
     <w:rsid w:val="005C5F90"/>
+    <w:rsid w:val="006004C2"/>
     <w:rsid w:val="006171D2"/>
+    <w:rsid w:val="00617BFC"/>
     <w:rsid w:val="00617C34"/>
     <w:rsid w:val="00685C7E"/>
     <w:rsid w:val="006B41E3"/>
     <w:rsid w:val="006E0247"/>
     <w:rsid w:val="007467DD"/>
     <w:rsid w:val="007676C7"/>
     <w:rsid w:val="00796BEB"/>
     <w:rsid w:val="007A29B3"/>
     <w:rsid w:val="007B1B2E"/>
     <w:rsid w:val="007B6F9C"/>
     <w:rsid w:val="007D78EA"/>
     <w:rsid w:val="007F0DFE"/>
-    <w:rsid w:val="007F30EF"/>
     <w:rsid w:val="008348EA"/>
     <w:rsid w:val="008F4502"/>
     <w:rsid w:val="00934B35"/>
     <w:rsid w:val="00974FAB"/>
     <w:rsid w:val="00996194"/>
     <w:rsid w:val="00997552"/>
     <w:rsid w:val="009A6DD6"/>
-    <w:rsid w:val="009C49E8"/>
+    <w:rsid w:val="009E0CB5"/>
     <w:rsid w:val="009E3094"/>
-    <w:rsid w:val="00A600F5"/>
-    <w:rsid w:val="00A61118"/>
     <w:rsid w:val="00A93658"/>
     <w:rsid w:val="00A9531A"/>
     <w:rsid w:val="00AA6B82"/>
     <w:rsid w:val="00AD0917"/>
     <w:rsid w:val="00AE1669"/>
     <w:rsid w:val="00AE7E67"/>
     <w:rsid w:val="00AF21AA"/>
     <w:rsid w:val="00B0074F"/>
     <w:rsid w:val="00B36AC4"/>
     <w:rsid w:val="00B70542"/>
     <w:rsid w:val="00B84AE5"/>
     <w:rsid w:val="00B8690F"/>
     <w:rsid w:val="00B9780F"/>
     <w:rsid w:val="00BA5BF9"/>
     <w:rsid w:val="00BF08DB"/>
-    <w:rsid w:val="00C14203"/>
-    <w:rsid w:val="00C235B5"/>
     <w:rsid w:val="00C864E0"/>
     <w:rsid w:val="00CB2AB8"/>
     <w:rsid w:val="00D767CB"/>
-    <w:rsid w:val="00D810C6"/>
-    <w:rsid w:val="00DB7BC1"/>
     <w:rsid w:val="00E10640"/>
     <w:rsid w:val="00E2511F"/>
-    <w:rsid w:val="00EC6D5D"/>
     <w:rsid w:val="00ED5390"/>
+    <w:rsid w:val="00EF5B87"/>
     <w:rsid w:val="00F11281"/>
+    <w:rsid w:val="00F240F0"/>
     <w:rsid w:val="00F54189"/>
-    <w:rsid w:val="00F9126D"/>
-    <w:rsid w:val="00FE7A8E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="bg-BG"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="53249"/>
+    <o:shapedefaults v:ext="edit" spidmax="34817"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="1CE18818"/>
+  <w14:docId w14:val="155ED935"/>
   <w15:docId w15:val="{5EE27229-013D-4857-A720-DA18C66F4528}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="bg-BG" w:eastAsia="bg-BG" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -5827,168 +5700,180 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00BA5BF9"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:lang w:val="de-DE" w:eastAsia="de-DE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid">
+  <w:style w:type="table" w:styleId="a3">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="a1"/>
     <w:rsid w:val="008348EA"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="exact"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Header">
+  <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="header"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="a"/>
     <w:rsid w:val="001F56D3"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Footer">
+  <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="footer"/>
-    <w:basedOn w:val="Normal"/>
-    <w:link w:val="FooterChar"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a6"/>
     <w:rsid w:val="001F56D3"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="PageNumber">
+  <w:style w:type="character" w:styleId="a7">
     <w:name w:val="page number"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="a0"/>
     <w:rsid w:val="00220A11"/>
   </w:style>
-  <w:style w:type="character" w:styleId="Hyperlink">
+  <w:style w:type="character" w:styleId="a8">
     <w:name w:val="Hyperlink"/>
     <w:rsid w:val="006B41E3"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListParagraph">
+  <w:style w:type="paragraph" w:styleId="a9">
     <w:name w:val="List Paragraph"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="006B41E3"/>
     <w:pPr>
       <w:ind w:left="708"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
-[...1 lines deleted...]
-    <w:link w:val="Footer"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+    <w:name w:val="Долен колонтитул Знак"/>
+    <w:link w:val="a5"/>
     <w:locked/>
     <w:rsid w:val="006E0247"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:lang w:val="de-DE" w:eastAsia="de-DE"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="aa">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00EF5B87"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="467362149">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="824012479">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -6004,51 +5889,51 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2124643086">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Mitko.Tangarov@elyug.bg" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sevdalina.Stoyanova@evn.bg" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Dimitar.Karamihov@evn.bg" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Evgeniya.Taneva@evn.bg" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Denyo.Aladzhov@elyug.bg" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Atanas.Kalinov@evn.bg" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Atanas.Popov@elyug.bg" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Mariyana.Shalamanova@elyug.bg" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Anatolya.Lyutova@evn.bg" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Mitko.Tangarov@evn.bg" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sevdalina.Stoyanova@evn.bg" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Dimitar.Karamihov@evn.bg" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Evgeniya.Taneva@evn.bg" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Denyo.Aladzhov@elyug.bg" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Atanaska.Stoilova@evn.bg" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Atanas.Popov@evn.bg" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Mariyana.Shalamanova@elyug.bg" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Anatolya.Lyutova@evn.bg" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.wmf"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office тема">
   <a:themeElements>
     <a:clrScheme name="Оffice">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -6305,94 +6190,94 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E46EC6D3-8F88-488C-B0E0-E3D290D85DFC}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D377BEE9-B672-40C6-8749-F833FAB1992B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>202</Words>
-  <Characters>2748</Characters>
+  <Words>203</Words>
+  <Characters>2752</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>22</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
+        <vt:lpstr>Заглавие</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+      <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
-      </vt:variant>
-[...4 lines deleted...]
-        <vt:lpstr>Заглавие</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Списък с лицата, имащи право да дават оперативни разпореждания и да искат информация от обектите на територията на ЕВН България за области Стара Загора, Сливен, Ямбол и Бургас</vt:lpstr>
       <vt:lpstr>Списък с лицата, имащи право да дават оперативни разпореждания и да искат информация от обектите на територията на ЕВН България за области Стара Загора, Сливен, Ямбол и Бургас</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>EVN Bulgaria</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2945</CharactersWithSpaces>
+  <CharactersWithSpaces>2950</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="78" baseType="variant">
       <vt:variant>
         <vt:i4>6488075</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>48</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:Branimira.Angelova@evn.bg</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>6422536</vt:i4>
       </vt:variant>
       <vt:variant>