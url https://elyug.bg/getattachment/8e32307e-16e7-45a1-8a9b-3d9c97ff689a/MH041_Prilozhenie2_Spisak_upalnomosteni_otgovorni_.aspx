--- v1 (2025-10-29)
+++ v2 (2025-12-04)
@@ -314,218 +314,254 @@
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006E0247">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
       <w:r w:rsidR="006E0247" w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>Отдел „Управление на мрежата“</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6155E6BC" w14:textId="77777777" w:rsidR="001F56D3" w:rsidRPr="00AF21AA" w:rsidRDefault="006B41E3" w:rsidP="00AE1669">
+    <w:p w14:paraId="6155E6BC" w14:textId="51E4A13A" w:rsidR="001F56D3" w:rsidRPr="00AF21AA" w:rsidRDefault="006B41E3" w:rsidP="00AE1669">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>инж.</w:t>
       </w:r>
       <w:r w:rsidR="000A285D">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
-        <w:t xml:space="preserve">Митко Тангъров – тел.032/303836, </w:t>
+        <w:t>Митко Тангъров – тел.032/</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF2A71">
+        <w:rPr>
+          <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>97</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF21AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3836, </w:t>
       </w:r>
       <w:r w:rsidR="00B0074F" w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>E-mail</w:t>
       </w:r>
       <w:r w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
-        <w:r w:rsidRPr="00AF21AA">
+        <w:r w:rsidR="00C527EB" w:rsidRPr="00F87253">
           <w:rPr>
-            <w:rStyle w:val="a8"/>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
             <w:sz w:val="19"/>
             <w:szCs w:val="19"/>
             <w:lang w:val="bg-BG"/>
           </w:rPr>
-          <w:t>Mitko.Tangarov@evn.bg</w:t>
+          <w:t xml:space="preserve">Mitko.Tangarov@elyug.bg </w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="001F56D3" w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3781B2EF" w14:textId="77777777" w:rsidR="006B41E3" w:rsidRPr="000E32FF" w:rsidRDefault="000E32FF" w:rsidP="000E32FF">
+    <w:p w14:paraId="3781B2EF" w14:textId="5D090E5B" w:rsidR="006B41E3" w:rsidRPr="000E32FF" w:rsidRDefault="000E32FF" w:rsidP="000E32FF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E10640">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
-        <w:t>инж. Марияна Шаламанова – тел.032/303370</w:t>
+        <w:t>инж. Марияна Шаламанова – тел.032/</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF2A71">
+        <w:rPr>
+          <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>97</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E10640">
+        <w:rPr>
+          <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>3370</w:t>
       </w:r>
       <w:r w:rsidRPr="00E10640">
         <w:rPr>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00E10640">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">E-mail: </w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidRPr="00C72391">
           <w:rPr>
-            <w:rStyle w:val="a8"/>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
             <w:sz w:val="19"/>
             <w:szCs w:val="19"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>M</w:t>
         </w:r>
         <w:r w:rsidRPr="00C72391">
           <w:rPr>
-            <w:rStyle w:val="a8"/>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
             <w:sz w:val="19"/>
             <w:szCs w:val="19"/>
             <w:lang w:val="bg-BG"/>
           </w:rPr>
           <w:t>ariyana.</w:t>
         </w:r>
         <w:r w:rsidRPr="00C72391">
           <w:rPr>
-            <w:rStyle w:val="a8"/>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
             <w:sz w:val="19"/>
             <w:szCs w:val="19"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>S</w:t>
         </w:r>
         <w:r w:rsidRPr="00C72391">
           <w:rPr>
-            <w:rStyle w:val="a8"/>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
             <w:sz w:val="19"/>
             <w:szCs w:val="19"/>
             <w:lang w:val="bg-BG"/>
           </w:rPr>
           <w:t>halamanova@elyug.bg</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="05BA3F3D" w14:textId="77777777" w:rsidR="006B41E3" w:rsidRPr="00AF21AA" w:rsidRDefault="00AE1669" w:rsidP="00AE1669">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
@@ -743,93 +779,71 @@
           <w:b/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>ІІ. Списък на отговорните лица от двете страни по въпроси</w:t>
       </w:r>
       <w:r w:rsidR="00181511">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
-        <w:t xml:space="preserve"> свързани с </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve"> свързани с обм</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE1669" w:rsidRPr="00AF21AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+          <w:b/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
       <w:r w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
-        <w:t>обм</w:t>
-[...30 lines deleted...]
-        <w:t xml:space="preserve"> на данни, заявки за </w:t>
+        <w:t xml:space="preserve">на на данни, заявки за </w:t>
       </w:r>
       <w:r w:rsidR="00B8690F" w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">преустановяване и възстановяване на снабдяването </w:t>
       </w:r>
       <w:r w:rsidR="00181511" w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">с ел.енергия </w:t>
       </w:r>
       <w:r w:rsidR="00B8690F" w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b/>
@@ -919,51 +933,51 @@
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> - О</w:t>
       </w:r>
       <w:r w:rsidR="006E0247" w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>тдел „Управление на измервателни данни“</w:t>
       </w:r>
       <w:r w:rsidR="00974FAB" w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05D66559" w14:textId="77777777" w:rsidR="00B8690F" w:rsidRPr="00AF21AA" w:rsidRDefault="00B0074F" w:rsidP="00AE1669">
+    <w:p w14:paraId="05D66559" w14:textId="1120E24A" w:rsidR="00B8690F" w:rsidRPr="00AF21AA" w:rsidRDefault="00B0074F" w:rsidP="00AE1669">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D2951">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>инж.</w:t>
       </w:r>
       <w:r w:rsidR="007B6F9C" w:rsidRPr="001D2951">
@@ -998,164 +1012,230 @@
       <w:r w:rsidR="00B8690F" w:rsidRPr="001D2951">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidR="00B84AE5" w:rsidRPr="001D2951">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B8690F" w:rsidRPr="001D2951">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
-        <w:t>тел.032/30</w:t>
+        <w:t>тел.032/</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF2A71">
+        <w:rPr>
+          <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>97</w:t>
       </w:r>
       <w:r w:rsidR="007B6F9C" w:rsidRPr="001D2951">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>4535</w:t>
       </w:r>
       <w:r w:rsidR="00B8690F" w:rsidRPr="001D2951">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00AE1669" w:rsidRPr="001D2951">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>E-mail</w:t>
       </w:r>
       <w:r w:rsidR="00B8690F" w:rsidRPr="001D2951">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:hyperlink r:id="rId10" w:history="1">
-        <w:r w:rsidR="007B6F9C" w:rsidRPr="00AF21AA">
+        <w:r w:rsidR="00C527EB" w:rsidRPr="00F87253">
           <w:rPr>
-            <w:rStyle w:val="a8"/>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
             <w:sz w:val="19"/>
             <w:szCs w:val="19"/>
             <w:lang w:val="bg-BG"/>
           </w:rPr>
-          <w:t>Atanas.Popov@evn.bg</w:t>
+          <w:t xml:space="preserve">Atanas.Popov@elyug.bg </w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00B8690F" w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CFAB92A" w14:textId="7BD328DF" w:rsidR="00B8690F" w:rsidRPr="00AF21AA" w:rsidRDefault="00F240F0" w:rsidP="00AE1669">
+    <w:p w14:paraId="0CFAB92A" w14:textId="51EAD4A7" w:rsidR="00B8690F" w:rsidRPr="00AF21AA" w:rsidRDefault="00F240F0" w:rsidP="00AE1669">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC2E1D">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>инж.</w:t>
       </w:r>
       <w:r w:rsidRPr="00FC2E1D">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:color w:val="1F497D"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00FC2E1D">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">Деньо Аладжов – тел.032/973263, E-mail: </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidRPr="00C14203">
           <w:rPr>
-            <w:rStyle w:val="a8"/>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
             <w:sz w:val="19"/>
             <w:szCs w:val="19"/>
           </w:rPr>
-          <w:t>Denyo.Aladzhov@elyug.bg</w:t>
+          <w:t>Denyo</w:t>
+        </w:r>
+        <w:r w:rsidRPr="0089409B">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+            <w:sz w:val="19"/>
+            <w:szCs w:val="19"/>
+            <w:lang w:val="bg-BG"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00C14203">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+            <w:sz w:val="19"/>
+            <w:szCs w:val="19"/>
+          </w:rPr>
+          <w:t>Aladzhov</w:t>
+        </w:r>
+        <w:r w:rsidRPr="0089409B">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+            <w:sz w:val="19"/>
+            <w:szCs w:val="19"/>
+            <w:lang w:val="bg-BG"/>
+          </w:rPr>
+          <w:t>@</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00C14203">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+            <w:sz w:val="19"/>
+            <w:szCs w:val="19"/>
+          </w:rPr>
+          <w:t>elyug</w:t>
+        </w:r>
+        <w:r w:rsidRPr="0089409B">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+            <w:sz w:val="19"/>
+            <w:szCs w:val="19"/>
+            <w:lang w:val="bg-BG"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00C14203">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+            <w:sz w:val="19"/>
+            <w:szCs w:val="19"/>
+          </w:rPr>
+          <w:t>bg</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00B8690F" w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="099E2BB8" w14:textId="77777777" w:rsidR="00B8690F" w:rsidRPr="00AF21AA" w:rsidRDefault="00AE1669" w:rsidP="00AE1669">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AF21AA">
@@ -1317,51 +1397,51 @@
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:noProof/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                   </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="31BD9894" w14:textId="77777777" w:rsidR="006E0247" w:rsidRPr="00AF21AA" w:rsidRDefault="006E0247" w:rsidP="006E0247">
       <w:pPr>
-        <w:pStyle w:val="a9"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="51932AB3" w14:textId="77777777" w:rsidR="00B8690F" w:rsidRPr="00AF21AA" w:rsidRDefault="00B8690F" w:rsidP="00AE1669">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b/>
@@ -1455,118 +1535,138 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006E0247">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>- О</w:t>
       </w:r>
       <w:r w:rsidR="006E0247" w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>тдел „Билинг“</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1054290F" w14:textId="77777777" w:rsidR="007B6F9C" w:rsidRPr="00AF21AA" w:rsidRDefault="007B6F9C" w:rsidP="007B6F9C">
+    <w:p w14:paraId="1054290F" w14:textId="768518AD" w:rsidR="007B6F9C" w:rsidRPr="00AF21AA" w:rsidRDefault="007B6F9C" w:rsidP="007B6F9C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:noProof/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
-        <w:t xml:space="preserve">Димитър Карамихов – тел.032/304299, </w:t>
+        <w:t>Димитър Карамихов – тел.032/</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF2A71">
+        <w:rPr>
+          <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+          <w:noProof/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>97</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF21AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+          <w:noProof/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4299, </w:t>
       </w:r>
       <w:r w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>E-mail</w:t>
       </w:r>
       <w:r w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:noProof/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidRPr="00AF21AA">
           <w:rPr>
-            <w:rStyle w:val="a8"/>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
             <w:sz w:val="19"/>
             <w:szCs w:val="19"/>
             <w:lang w:val="bg-BG"/>
           </w:rPr>
           <w:t>Dimitar.Karamihov@evn.bg</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="07B7E14B" w14:textId="77777777" w:rsidR="007B6F9C" w:rsidRPr="00AF21AA" w:rsidRDefault="00B8690F" w:rsidP="007B6F9C">
+    <w:p w14:paraId="07B7E14B" w14:textId="762EB132" w:rsidR="007B6F9C" w:rsidRPr="00AF21AA" w:rsidRDefault="00B8690F" w:rsidP="007B6F9C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>Севдалина Стоянова</w:t>
       </w:r>
       <w:r w:rsidRPr="00AF21AA">
@@ -1582,195 +1682,304 @@
       <w:r w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidR="00B84AE5" w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
-        <w:t xml:space="preserve">тел.032/303707, </w:t>
+        <w:t>тел.032/</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF2A71">
+        <w:rPr>
+          <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>97</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF21AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3707, </w:t>
       </w:r>
       <w:r w:rsidR="00B0074F" w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>E-mail</w:t>
       </w:r>
       <w:r w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:hyperlink r:id="rId13" w:history="1">
         <w:r w:rsidRPr="00AF21AA">
           <w:rPr>
-            <w:rStyle w:val="a8"/>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
             <w:sz w:val="19"/>
             <w:szCs w:val="19"/>
             <w:lang w:val="bg-BG"/>
           </w:rPr>
-          <w:t>Sevdalina.Stoyanova@evn.bg</w:t>
+          <w:t>Sevda</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00AF21AA">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+            <w:sz w:val="19"/>
+            <w:szCs w:val="19"/>
+            <w:lang w:val="bg-BG"/>
+          </w:rPr>
+          <w:t>l</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00AF21AA">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+            <w:sz w:val="19"/>
+            <w:szCs w:val="19"/>
+            <w:lang w:val="bg-BG"/>
+          </w:rPr>
+          <w:t>ina.Stoyanova@evn.bg</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="344AC09B" w14:textId="77777777" w:rsidR="00B8690F" w:rsidRPr="00AF21AA" w:rsidRDefault="00B8690F" w:rsidP="00AE1669">
+    <w:p w14:paraId="344AC09B" w14:textId="7850CEA9" w:rsidR="00B8690F" w:rsidRPr="00AF21AA" w:rsidRDefault="00EF2A71" w:rsidP="00AE1669">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF21AA">
-[...11 lines deleted...]
-          <w:color w:val="1F497D"/>
+      <w:r w:rsidRPr="00EF2A71">
+        <w:rPr>
+          <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Надежда Стоянова </w:t>
+      </w:r>
+      <w:r w:rsidR="00B8690F" w:rsidRPr="00AF21AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="00B84AE5" w:rsidRPr="00AF21AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AF21AA">
-[...12 lines deleted...]
-          <w:szCs w:val="19"/>
+      <w:r w:rsidR="00B8690F" w:rsidRPr="00AF21AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>тел.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF2A71">
+        <w:rPr>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AF21AA">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">тел.032/303228, </w:t>
+      <w:r w:rsidRPr="00EF2A71">
+        <w:rPr>
+          <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF2A71">
+        <w:rPr>
+          <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>32</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF2A71">
+        <w:rPr>
+          <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF2A71">
+        <w:rPr>
+          <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>971125</w:t>
+      </w:r>
+      <w:r w:rsidR="00B8690F" w:rsidRPr="00AF21AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00B0074F" w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>E-mail</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AF21AA">
+      <w:r w:rsidR="00B8690F" w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00B0074F" w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId14" w:history="1">
-        <w:r w:rsidR="00AE1669" w:rsidRPr="00AF21AA">
+        <w:r w:rsidRPr="00C64A96">
           <w:rPr>
-            <w:rStyle w:val="a8"/>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+            <w:sz w:val="19"/>
+            <w:szCs w:val="19"/>
+            <w:lang w:val="de-AT"/>
+          </w:rPr>
+          <w:t>Nadezhda</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00EF2A71">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
             <w:sz w:val="19"/>
             <w:szCs w:val="19"/>
             <w:lang w:val="bg-BG"/>
           </w:rPr>
-          <w:t>Anatolya.Lyutova@evn.bg</w:t>
+          <w:t>.</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00C64A96">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+            <w:sz w:val="19"/>
+            <w:szCs w:val="19"/>
+            <w:lang w:val="de-AT"/>
+          </w:rPr>
+          <w:t>Stoyanova</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00C64A96">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+            <w:sz w:val="19"/>
+            <w:szCs w:val="19"/>
+            <w:lang w:val="bg-BG"/>
+          </w:rPr>
+          <w:t>@evn.bg</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00AF21AA">
+      <w:r w:rsidR="00B8690F" w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="32CBC34A" w14:textId="77777777" w:rsidR="00B8690F" w:rsidRPr="00AF21AA" w:rsidRDefault="00B0074F" w:rsidP="00AE1669">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
@@ -2093,51 +2302,51 @@
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
       <w:r w:rsidR="006E0247" w:rsidRPr="006E0247">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>О</w:t>
       </w:r>
       <w:r w:rsidR="00974FAB" w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>тдел „Билинг“</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B5C32B3" w14:textId="3CC9C146" w:rsidR="00B0074F" w:rsidRPr="00AF21AA" w:rsidRDefault="00EF5B87" w:rsidP="00202076">
+    <w:p w14:paraId="1B5C32B3" w14:textId="78A7B2CF" w:rsidR="00B0074F" w:rsidRPr="00AF21AA" w:rsidRDefault="00EF5B87" w:rsidP="00202076">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006004C2">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>Атанаска Стоилова</w:t>
       </w:r>
       <w:r>
@@ -2152,171 +2361,181 @@
       <w:r w:rsidR="00B0074F" w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidR="00530E54">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B0074F" w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
-        <w:t>тел.032/30</w:t>
-[...5 lines deleted...]
-          <w:szCs w:val="19"/>
+        <w:t>тел.032/</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF2A71">
+        <w:rPr>
+          <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>97</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0089409B">
+        <w:rPr>
+          <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>4948</w:t>
       </w:r>
       <w:r w:rsidR="00B0074F" w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>, E-mail:</w:t>
       </w:r>
       <w:r w:rsidR="00B0074F" w:rsidRPr="00202076">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId15" w:history="1">
         <w:r w:rsidRPr="00F81A57">
           <w:rPr>
-            <w:rStyle w:val="a8"/>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
             <w:sz w:val="19"/>
             <w:szCs w:val="19"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>Atanaska</w:t>
         </w:r>
         <w:r w:rsidRPr="00F81A57">
           <w:rPr>
-            <w:rStyle w:val="a8"/>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
             <w:sz w:val="19"/>
             <w:szCs w:val="19"/>
             <w:lang w:val="ru-RU"/>
           </w:rPr>
           <w:t>.</w:t>
         </w:r>
         <w:r w:rsidRPr="00F81A57">
           <w:rPr>
-            <w:rStyle w:val="a8"/>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
             <w:sz w:val="19"/>
             <w:szCs w:val="19"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>Stoilova</w:t>
         </w:r>
         <w:r w:rsidRPr="00F81A57">
           <w:rPr>
-            <w:rStyle w:val="a8"/>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
             <w:sz w:val="19"/>
             <w:szCs w:val="19"/>
             <w:lang w:val="ru-RU"/>
           </w:rPr>
           <w:t>@</w:t>
         </w:r>
         <w:r w:rsidRPr="00F81A57">
           <w:rPr>
-            <w:rStyle w:val="a8"/>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
             <w:sz w:val="19"/>
             <w:szCs w:val="19"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>evn</w:t>
         </w:r>
         <w:r w:rsidRPr="00F81A57">
           <w:rPr>
-            <w:rStyle w:val="a8"/>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
             <w:sz w:val="19"/>
             <w:szCs w:val="19"/>
             <w:lang w:val="ru-RU"/>
           </w:rPr>
           <w:t>.</w:t>
         </w:r>
         <w:r w:rsidRPr="00F81A57">
           <w:rPr>
-            <w:rStyle w:val="a8"/>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
             <w:sz w:val="19"/>
             <w:szCs w:val="19"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>b</w:t>
         </w:r>
         <w:r w:rsidRPr="00F81A57">
           <w:rPr>
-            <w:rStyle w:val="a8"/>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
             <w:sz w:val="19"/>
             <w:szCs w:val="19"/>
           </w:rPr>
           <w:t>g</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00B0074F" w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B11B1B4" w14:textId="77777777" w:rsidR="00B0074F" w:rsidRPr="00AF21AA" w:rsidRDefault="00530E54" w:rsidP="00B0074F">
+    <w:p w14:paraId="3B11B1B4" w14:textId="5C14E6EB" w:rsidR="00B0074F" w:rsidRPr="00AF21AA" w:rsidRDefault="00530E54" w:rsidP="00B0074F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>Евгения Танева</w:t>
       </w:r>
       <w:r w:rsidR="00B0074F" w:rsidRPr="00AF21AA">
@@ -2332,104 +2551,113 @@
       <w:r w:rsidR="00B0074F" w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidRPr="00530E54">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B0074F" w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
-        <w:t>тел.032/30</w:t>
+        <w:t>тел.032/</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF2A71">
+        <w:rPr>
+          <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>97</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>1121</w:t>
       </w:r>
       <w:r w:rsidR="00B0074F" w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">, E-mail: </w:t>
       </w:r>
       <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidRPr="000E5A47">
           <w:rPr>
-            <w:rStyle w:val="a8"/>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
             <w:sz w:val="19"/>
             <w:szCs w:val="19"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>Evgeniya</w:t>
         </w:r>
         <w:r w:rsidRPr="000E5A47">
           <w:rPr>
-            <w:rStyle w:val="a8"/>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
             <w:sz w:val="19"/>
             <w:szCs w:val="19"/>
             <w:lang w:val="ru-RU"/>
           </w:rPr>
           <w:t>.</w:t>
         </w:r>
         <w:r w:rsidRPr="000E5A47">
           <w:rPr>
-            <w:rStyle w:val="a8"/>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
             <w:sz w:val="19"/>
             <w:szCs w:val="19"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>Taneva</w:t>
         </w:r>
         <w:r w:rsidRPr="000E5A47">
           <w:rPr>
-            <w:rStyle w:val="a8"/>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
             <w:sz w:val="19"/>
             <w:szCs w:val="19"/>
             <w:lang w:val="bg-BG"/>
           </w:rPr>
           <w:t>@evn.bg</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00B0074F" w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="30DB1478" w14:textId="77777777" w:rsidR="00B0074F" w:rsidRPr="00AF21AA" w:rsidRDefault="00B0074F" w:rsidP="00B0074F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
@@ -3235,182 +3463,206 @@
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
                       <a:spLocks/>
                     </wps:cNvSpPr>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="381000" cy="728980"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:solidFill>
                         <a:sysClr val="window" lastClr="FFFFFF"/>
                       </a:solidFill>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                       <a:effectLst/>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="5C4B0C94" w14:textId="77777777" w:rsidR="007676C7" w:rsidRPr="001D2951" w:rsidRDefault="007676C7" w:rsidP="007676C7">
+                        <w:p w14:paraId="5C4B0C94" w14:textId="7F83FCA0" w:rsidR="007676C7" w:rsidRPr="001D2951" w:rsidRDefault="00C527EB" w:rsidP="007676C7">
                           <w:pPr>
                             <w:rPr>
                               <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                               <w:sz w:val="18"/>
                               <w:lang w:val="bg-BG"/>
                             </w:rPr>
                           </w:pPr>
-                          <w:r w:rsidRPr="00122C68">
+                          <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                               <w:sz w:val="18"/>
                             </w:rPr>
-                            <w:t>MH04</w:t>
+                            <w:t>NA</w:t>
                           </w:r>
-                          <w:r>
+                          <w:r w:rsidR="007676C7" w:rsidRPr="00122C68">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+                              <w:sz w:val="18"/>
+                            </w:rPr>
+                            <w:t>04</w:t>
+                          </w:r>
+                          <w:r w:rsidR="007676C7">
                             <w:rPr>
                               <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                               <w:sz w:val="18"/>
                             </w:rPr>
                             <w:t>1</w:t>
                           </w:r>
                           <w:r w:rsidR="001D2951">
                             <w:rPr>
                               <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                               <w:sz w:val="18"/>
                             </w:rPr>
                             <w:t>-</w:t>
                           </w:r>
-                          <w:r w:rsidR="001D2951">
+                          <w:r w:rsidR="0089409B">
                             <w:rPr>
                               <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                               <w:sz w:val="18"/>
-                              <w:lang w:val="bg-BG"/>
                             </w:rPr>
-                            <w:t>0</w:t>
+                            <w:t>1</w:t>
                           </w:r>
-                          <w:r w:rsidR="00E10640">
+                          <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                               <w:sz w:val="18"/>
-                              <w:lang w:val="bg-BG"/>
                             </w:rPr>
-                            <w:t>820</w:t>
+                            <w:t>1</w:t>
+                          </w:r>
+                          <w:r w:rsidR="0089409B">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+                              <w:sz w:val="18"/>
+                            </w:rPr>
+                            <w:t>25</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="vert270" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="374FE12F" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Текстово поле 2" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:-67.15pt;margin-top:1.5pt;width:30pt;height:57.4pt;z-index:251663360;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBa5ur1TAIAAJUEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtvGjEQvlfqf7B8L7sQEsiKJaJEVJVQ&#10;EolUORuvDVa9Htc27NJf37FZHk17qsrBjD3P75uZnTy0tSZ74bwCU9J+L6dEGA6VMpuSfntdfBpT&#10;4gMzFdNgREkPwtOH6ccPk8YWYgBb0JVwBIMYXzS2pNsQbJFlnm9FzXwPrDColOBqFvDqNlnlWIPR&#10;a50N8vwua8BV1gEX3uPr41FJpym+lIKHZym9CESXFGsL6XTpXMczm05YsXHMbhXvymD/UEXNlMGk&#10;51CPLDCyc+qPULXiDjzI0ONQZyCl4iJhQDT9/B2a1ZZZkbAgOd6eafL/Lyx/2q/siyOh/QwtNjCB&#10;8HYJ/LtHbrLG+qKziZz6wqN1BNpKV8d/hEDQEbk9nPkUbSAcH2/G/TxHDUfVaDC+Hye+s4uzdT58&#10;EVCTKJTUYbtSAWy/9CGmZ8XJJObyoFW1UFqny8HPtSN7hp3FgaigoUQzH/CxpIv0i93FEL+5aUOa&#10;kt7d3OYpk4EY72inTYwr0tR0+S+IoxTadUtUFWlCj/iyhuqA7Dk4Dpa3fKEQyhLreGEOJwnR43aE&#10;ZzykBswMnUTJFtzPv71H+5LGczBC9waHs6T+x445gQi/Guz+fX84RFVIl+HtaIAXd61ZX2vMrp4D&#10;stTHVbQ8idE+6JMoHdRvuEezmBhVzHAsrqThJM7DcWVwD7mYzZIRzq9lYWlWlp/mJvbqtX1jznYN&#10;DTgJT3AaY1a86+vRNpJuYLYLIFVq+oXYbgBx9lMjuz2Ny3V9T1aXr8n0FwAAAP//AwBQSwMEFAAG&#10;AAgAAAAhAI4FR3TeAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj01Lw0AURfeC/2F4BXfpJEZM&#10;iZkUERXcCI3SbKeZZyY080Fm2sR/7+vKLi/vcN+51XYxIzvjFAZnBWTrFBjazqnB9gK+v96SDbAQ&#10;pVVydBYF/GKAbX17U8lSudnu8NzEnlGJDaUUoGP0Jeeh02hkWDuPlm4/bjIyUpx6riY5U7kZ+X2a&#10;PnIjB0sftPT4orE7NicjYI9atru23Td98Tl/eP8+vnIjxN1qeX4CFnGJ/zBc9EkdanI6uJNVgY0C&#10;kix/yIkVkNMmApLikg9EZsUGeF3x6wn1HwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBa&#10;5ur1TAIAAJUEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQCOBUd03gAAAAoBAAAPAAAAAAAAAAAAAAAAAKYEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAsQUAAAAA&#10;" fillcolor="window" stroked="f" strokeweight=".5pt">
               <v:textbox style="layout-flow:vertical;mso-layout-flow-alt:bottom-to-top">
                 <w:txbxContent>
-                  <w:p w14:paraId="5C4B0C94" w14:textId="77777777" w:rsidR="007676C7" w:rsidRPr="001D2951" w:rsidRDefault="007676C7" w:rsidP="007676C7">
+                  <w:p w14:paraId="5C4B0C94" w14:textId="7F83FCA0" w:rsidR="007676C7" w:rsidRPr="001D2951" w:rsidRDefault="00C527EB" w:rsidP="007676C7">
                     <w:pPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                         <w:sz w:val="18"/>
                         <w:lang w:val="bg-BG"/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="00122C68">
+                    <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                         <w:sz w:val="18"/>
                       </w:rPr>
-                      <w:t>MH04</w:t>
+                      <w:t>NA</w:t>
                     </w:r>
-                    <w:r>
+                    <w:r w:rsidR="007676C7" w:rsidRPr="00122C68">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+                        <w:sz w:val="18"/>
+                      </w:rPr>
+                      <w:t>04</w:t>
+                    </w:r>
+                    <w:r w:rsidR="007676C7">
                       <w:rPr>
                         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                         <w:sz w:val="18"/>
                       </w:rPr>
                       <w:t>1</w:t>
                     </w:r>
                     <w:r w:rsidR="001D2951">
                       <w:rPr>
                         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                         <w:sz w:val="18"/>
                       </w:rPr>
                       <w:t>-</w:t>
                     </w:r>
-                    <w:r w:rsidR="001D2951">
+                    <w:r w:rsidR="0089409B">
                       <w:rPr>
                         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                         <w:sz w:val="18"/>
-                        <w:lang w:val="bg-BG"/>
                       </w:rPr>
-                      <w:t>0</w:t>
+                      <w:t>1</w:t>
                     </w:r>
-                    <w:r w:rsidR="00E10640">
+                    <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                         <w:sz w:val="18"/>
-                        <w:lang w:val="bg-BG"/>
                       </w:rPr>
-                      <w:t>820</w:t>
+                      <w:t>1</w:t>
+                    </w:r>
+                    <w:r w:rsidR="0089409B">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+                        <w:sz w:val="18"/>
+                      </w:rPr>
+                      <w:t>25</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
   <w:p w14:paraId="31E48714" w14:textId="77777777" w:rsidR="007F0DFE" w:rsidRDefault="007F0DFE" w:rsidP="007F0DFE">
     <w:pPr>
-      <w:pStyle w:val="a5"/>
+      <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:lang w:val="bg-BG"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="271EE4EE" w14:textId="77777777" w:rsidR="001D2951" w:rsidRPr="009D7E4B" w:rsidRDefault="001D2951" w:rsidP="001D2951">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="2891"/>
         <w:tab w:val="left" w:pos="5159"/>
         <w:tab w:val="left" w:pos="7257"/>
       </w:tabs>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="288" w:lineRule="auto"/>
       <w:textAlignment w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Frutiger Next for EVN Light"/>
         <w:color w:val="000000"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
       </w:rPr>
@@ -3604,84 +3856,80 @@
         <w:szCs w:val="14"/>
         <w:lang w:val="ru-RU" w:eastAsia="bg-BG"/>
       </w:rPr>
       <w:t xml:space="preserve">                               </w:t>
     </w:r>
     <w:r w:rsidRPr="009D7E4B">
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Frutiger Next for EVN Light"/>
         <w:color w:val="000000"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="en-GB" w:eastAsia="bg-BG"/>
       </w:rPr>
       <w:t>www</w:t>
     </w:r>
     <w:r w:rsidRPr="00C122E5">
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Frutiger Next for EVN Light"/>
         <w:color w:val="000000"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="ru-RU" w:eastAsia="bg-BG"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
-    <w:proofErr w:type="spellStart"/>
     <w:r w:rsidRPr="009D7E4B">
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Frutiger Next for EVN Light"/>
         <w:color w:val="000000"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="en-GB" w:eastAsia="bg-BG"/>
       </w:rPr>
       <w:t>elyug</w:t>
     </w:r>
-    <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidRPr="00C122E5">
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Frutiger Next for EVN Light"/>
         <w:color w:val="000000"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="ru-RU" w:eastAsia="bg-BG"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
-    <w:proofErr w:type="spellStart"/>
     <w:r w:rsidRPr="009D7E4B">
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Frutiger Next for EVN Light"/>
         <w:color w:val="000000"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="en-GB" w:eastAsia="bg-BG"/>
       </w:rPr>
       <w:t>bg</w:t>
     </w:r>
-    <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidR="003932ED" w:rsidRPr="000E32FF">
       <w:rPr>
         <w:spacing w:val="2"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="ru-RU"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="003D4764" w:rsidRPr="00345505">
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
         <w:sz w:val="16"/>
         <w:lang w:val="bg-BG"/>
       </w:rPr>
       <w:t xml:space="preserve">стр. </w:t>
     </w:r>
     <w:r w:rsidR="003D4764" w:rsidRPr="00345505">
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidR="003D4764" w:rsidRPr="00345505">
@@ -3792,51 +4040,51 @@
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="60757015" w14:textId="77777777" w:rsidR="00BF08DB" w:rsidRDefault="00BF08DB">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="4F5A0404" w14:textId="77777777" w:rsidR="00BF08DB" w:rsidRDefault="00BF08DB">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="25ADE35A" w14:textId="77777777" w:rsidR="001D2951" w:rsidRDefault="001D2951" w:rsidP="00345505">
     <w:pPr>
-      <w:pStyle w:val="a5"/>
+      <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4536"/>
         <w:tab w:val="left" w:pos="2977"/>
       </w:tabs>
       <w:spacing w:line="160" w:lineRule="exact"/>
       <w:rPr>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="bg-BG"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="601CA6CC" wp14:editId="4637D5F9">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>5447030</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
@@ -4042,74 +4290,74 @@
                         <w:szCs w:val="18"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
                     <w:r w:rsidRPr="00345505">
                       <w:rPr>
                         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                         <w:lang w:val="bg-BG"/>
                       </w:rPr>
                       <w:t>към Рамков договор</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
   <w:p w14:paraId="1AF7C0A6" w14:textId="77777777" w:rsidR="006E0247" w:rsidRPr="004C7E38" w:rsidRDefault="00345505" w:rsidP="00345505">
     <w:pPr>
-      <w:pStyle w:val="a5"/>
+      <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4536"/>
         <w:tab w:val="left" w:pos="2977"/>
       </w:tabs>
       <w:spacing w:line="160" w:lineRule="exact"/>
       <w:rPr>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="it-IT"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="004C7E38">
       <w:rPr>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="it-IT"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="2DA668B0" w14:textId="77777777" w:rsidR="006E0247" w:rsidRDefault="006E0247">
     <w:pPr>
-      <w:pStyle w:val="a4"/>
+      <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00544494"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3898742E"/>
     <w:lvl w:ilvl="0" w:tplc="0402000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04020019" w:tentative="1">
       <w:start w:val="1"/>
@@ -5173,64 +5421,64 @@
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="278418087">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1521161321">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="365640632">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1108040392">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="188448670">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="499731820">
     <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="200"/>
+  <w:zoom w:percent="120"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="de-DE" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="de-DE" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="ru-RU" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:enforcement="0"/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="J3DYaGoX4zp/C5GPT/j+oNBt6qx5uKiDzOHs9jBCinfblx+D+s3Cb8kHDpQIiS28yVHPhx7NM9C6Dl50TSJFZA==" w:salt="owGzlsV3Urfba6oVkQlfxA=="/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="187"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="34817"/>
+    <o:shapedefaults v:ext="edit" spidmax="40961"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00BA5BF9"/>
     <w:rsid w:val="00003EB4"/>
     <w:rsid w:val="00022C24"/>
     <w:rsid w:val="00072A8B"/>
     <w:rsid w:val="000A285D"/>
     <w:rsid w:val="000D4F36"/>
     <w:rsid w:val="000E32FF"/>
@@ -5245,112 +5493,126 @@
     <w:rsid w:val="002E5B53"/>
     <w:rsid w:val="002F1A26"/>
     <w:rsid w:val="0031747D"/>
     <w:rsid w:val="00345505"/>
     <w:rsid w:val="003470D4"/>
     <w:rsid w:val="0035097F"/>
     <w:rsid w:val="003932ED"/>
     <w:rsid w:val="0039740A"/>
     <w:rsid w:val="003A2716"/>
     <w:rsid w:val="003A39AA"/>
     <w:rsid w:val="003A6217"/>
     <w:rsid w:val="003D4764"/>
     <w:rsid w:val="00431FB9"/>
     <w:rsid w:val="004817E5"/>
     <w:rsid w:val="00530E54"/>
     <w:rsid w:val="005426A5"/>
     <w:rsid w:val="00562FE9"/>
     <w:rsid w:val="005955B5"/>
     <w:rsid w:val="005C5F90"/>
     <w:rsid w:val="006004C2"/>
     <w:rsid w:val="006171D2"/>
     <w:rsid w:val="00617BFC"/>
     <w:rsid w:val="00617C34"/>
     <w:rsid w:val="00685C7E"/>
     <w:rsid w:val="006B41E3"/>
+    <w:rsid w:val="006C799B"/>
     <w:rsid w:val="006E0247"/>
     <w:rsid w:val="007467DD"/>
     <w:rsid w:val="007676C7"/>
     <w:rsid w:val="00796BEB"/>
     <w:rsid w:val="007A29B3"/>
     <w:rsid w:val="007B1B2E"/>
     <w:rsid w:val="007B6F9C"/>
+    <w:rsid w:val="007C2E03"/>
     <w:rsid w:val="007D78EA"/>
     <w:rsid w:val="007F0DFE"/>
     <w:rsid w:val="008348EA"/>
+    <w:rsid w:val="00847D03"/>
+    <w:rsid w:val="0089409B"/>
     <w:rsid w:val="008F4502"/>
     <w:rsid w:val="00934B35"/>
+    <w:rsid w:val="00955A69"/>
     <w:rsid w:val="00974FAB"/>
     <w:rsid w:val="00996194"/>
     <w:rsid w:val="00997552"/>
     <w:rsid w:val="009A6DD6"/>
+    <w:rsid w:val="009C5B10"/>
     <w:rsid w:val="009E0CB5"/>
     <w:rsid w:val="009E3094"/>
     <w:rsid w:val="00A93658"/>
     <w:rsid w:val="00A9531A"/>
     <w:rsid w:val="00AA6B82"/>
     <w:rsid w:val="00AD0917"/>
     <w:rsid w:val="00AE1669"/>
     <w:rsid w:val="00AE7E67"/>
     <w:rsid w:val="00AF21AA"/>
     <w:rsid w:val="00B0074F"/>
+    <w:rsid w:val="00B124D4"/>
     <w:rsid w:val="00B36AC4"/>
     <w:rsid w:val="00B70542"/>
     <w:rsid w:val="00B84AE5"/>
     <w:rsid w:val="00B8690F"/>
     <w:rsid w:val="00B9780F"/>
     <w:rsid w:val="00BA5BF9"/>
     <w:rsid w:val="00BF08DB"/>
+    <w:rsid w:val="00C12472"/>
+    <w:rsid w:val="00C527EB"/>
     <w:rsid w:val="00C864E0"/>
     <w:rsid w:val="00CB2AB8"/>
     <w:rsid w:val="00D767CB"/>
+    <w:rsid w:val="00DF71C8"/>
     <w:rsid w:val="00E10640"/>
     <w:rsid w:val="00E2511F"/>
+    <w:rsid w:val="00E91660"/>
     <w:rsid w:val="00ED5390"/>
+    <w:rsid w:val="00EF2A71"/>
     <w:rsid w:val="00EF5B87"/>
+    <w:rsid w:val="00EF61C5"/>
     <w:rsid w:val="00F11281"/>
     <w:rsid w:val="00F240F0"/>
     <w:rsid w:val="00F54189"/>
+    <w:rsid w:val="00F7507E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="bg-BG"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="34817"/>
+    <o:shapedefaults v:ext="edit" spidmax="40961"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="155ED935"/>
   <w15:docId w15:val="{5EE27229-013D-4857-A720-DA18C66F4528}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="bg-BG" w:eastAsia="bg-BG" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
@@ -5700,173 +5962,183 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00BA5BF9"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:lang w:val="de-DE" w:eastAsia="de-DE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="a0">
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="a1">
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="a3">
+  <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:rsid w:val="008348EA"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="exact"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a4">
+  <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
-    <w:basedOn w:val="a"/>
+    <w:basedOn w:val="Normal"/>
     <w:rsid w:val="001F56D3"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a5">
+  <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
-    <w:basedOn w:val="a"/>
-    <w:link w:val="a6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
     <w:rsid w:val="001F56D3"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a7">
+  <w:style w:type="character" w:styleId="PageNumber">
     <w:name w:val="page number"/>
-    <w:basedOn w:val="a0"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00220A11"/>
   </w:style>
-  <w:style w:type="character" w:styleId="a8">
+  <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:rsid w:val="006B41E3"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a9">
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
-    <w:basedOn w:val="a"/>
+    <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="006B41E3"/>
     <w:pPr>
       <w:ind w:left="708"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
-[...1 lines deleted...]
-    <w:link w:val="a5"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:link w:val="Footer"/>
     <w:locked/>
     <w:rsid w:val="006E0247"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:lang w:val="de-DE" w:eastAsia="de-DE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="aa">
+  <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
-    <w:basedOn w:val="a0"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF5B87"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="FollowedHyperlink">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00EF2A71"/>
+    <w:rPr>
+      <w:color w:val="800080" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="467362149">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="824012479">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
@@ -5889,51 +6161,51 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2124643086">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Mitko.Tangarov@evn.bg" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sevdalina.Stoyanova@evn.bg" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Dimitar.Karamihov@evn.bg" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Evgeniya.Taneva@evn.bg" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Denyo.Aladzhov@elyug.bg" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Atanaska.Stoilova@evn.bg" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Atanas.Popov@evn.bg" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Mariyana.Shalamanova@elyug.bg" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Anatolya.Lyutova@evn.bg" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Mitko.Tangarov@elyug.bg%20" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sevdalina.Stoyanova@evn.bg" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Dimitar.Karamihov@evn.bg" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Evgeniya.Taneva@evn.bg" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Denyo.Aladzhov@elyug.bg" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Atanaska.Stoilova@evn.bg" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Atanas.Popov@elyug.bg%20" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Mariyana.Shalamanova@elyug.bg" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Nadezhda.Stoyanova@evn.bg" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.wmf"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office тема">
   <a:themeElements>
     <a:clrScheme name="Оffice">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -6199,85 +6471,85 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D377BEE9-B672-40C6-8749-F833FAB1992B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>203</Words>
-  <Characters>2752</Characters>
+  <Words>444</Words>
+  <Characters>2533</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>22</Lines>
+  <Lines>21</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
+        <vt:lpstr>Title</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+      <vt:variant>
         <vt:lpstr>Заглавие</vt:lpstr>
-      </vt:variant>
-[...4 lines deleted...]
-        <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Списък с лицата, имащи право да дават оперативни разпореждания и да искат информация от обектите на територията на ЕВН България за области Стара Загора, Сливен, Ямбол и Бургас</vt:lpstr>
       <vt:lpstr>Списък с лицата, имащи право да дават оперативни разпореждания и да искат информация от обектите на територията на ЕВН България за области Стара Загора, Сливен, Ямбол и Бургас</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>EVN Bulgaria</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2950</CharactersWithSpaces>
+  <CharactersWithSpaces>2972</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="78" baseType="variant">
       <vt:variant>
         <vt:i4>6488075</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>48</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:Branimira.Angelova@evn.bg</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>6422536</vt:i4>
       </vt:variant>
       <vt:variant>