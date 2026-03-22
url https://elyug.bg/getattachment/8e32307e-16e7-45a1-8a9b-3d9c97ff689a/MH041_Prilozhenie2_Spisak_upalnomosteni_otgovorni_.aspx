--- v2 (2025-12-04)
+++ v3 (2026-03-22)
@@ -1,50 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="09A3DD5C" w14:textId="77777777" w:rsidR="006E0247" w:rsidRDefault="006E0247" w:rsidP="00AE1669">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6E6FC419" w14:textId="77777777" w:rsidR="001D2951" w:rsidRPr="001D2951" w:rsidRDefault="001D2951" w:rsidP="00AE1669">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b/>
@@ -382,52 +386,63 @@
       <w:r w:rsidR="00EF2A71">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>97</w:t>
       </w:r>
       <w:r w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">3836, </w:t>
       </w:r>
       <w:r w:rsidR="00B0074F" w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
-        <w:t>E-mail</w:t>
-      </w:r>
+        <w:t>E-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B0074F" w:rsidRPr="00AF21AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>mail</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidR="00C527EB" w:rsidRPr="00F87253">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
             <w:sz w:val="19"/>
             <w:szCs w:val="19"/>
             <w:lang w:val="bg-BG"/>
           </w:rPr>
           <w:t xml:space="preserve">Mitko.Tangarov@elyug.bg </w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
@@ -482,51 +497,71 @@
         </w:rPr>
         <w:t>97</w:t>
       </w:r>
       <w:r w:rsidRPr="00E10640">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>3370</w:t>
       </w:r>
       <w:r w:rsidRPr="00E10640">
         <w:rPr>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00E10640">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
-        <w:t xml:space="preserve">E-mail: </w:t>
+        <w:t>E-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E10640">
+        <w:rPr>
+          <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>mail</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E10640">
+        <w:rPr>
+          <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidRPr="00C72391">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
             <w:sz w:val="19"/>
             <w:szCs w:val="19"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>M</w:t>
         </w:r>
         <w:r w:rsidRPr="00C72391">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
             <w:sz w:val="19"/>
             <w:szCs w:val="19"/>
             <w:lang w:val="bg-BG"/>
           </w:rPr>
           <w:t>ariyana.</w:t>
         </w:r>
         <w:r w:rsidRPr="00C72391">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
@@ -933,321 +968,267 @@
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> - О</w:t>
       </w:r>
       <w:r w:rsidR="006E0247" w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>тдел „Управление на измервателни данни“</w:t>
       </w:r>
       <w:r w:rsidR="00974FAB" w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05D66559" w14:textId="1120E24A" w:rsidR="00B8690F" w:rsidRPr="00AF21AA" w:rsidRDefault="00B0074F" w:rsidP="00AE1669">
+    <w:p w14:paraId="0CFAB92A" w14:textId="51EAD4A7" w:rsidR="00B8690F" w:rsidRPr="00AF34AA" w:rsidRDefault="00F240F0" w:rsidP="00AE1669">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001D2951">
+      <w:r w:rsidRPr="00FC2E1D">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>инж.</w:t>
       </w:r>
-      <w:r w:rsidR="007B6F9C" w:rsidRPr="001D2951">
+      <w:r w:rsidRPr="00FC2E1D">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:color w:val="1F497D"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="007B6F9C" w:rsidRPr="001D2951">
-[...81 lines deleted...]
-      <w:r w:rsidR="00B8690F" w:rsidRPr="001D2951">
+      <w:r w:rsidRPr="00FC2E1D">
+        <w:rPr>
+          <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>Деньо Аладжов – тел.032/973263, E-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC2E1D">
+        <w:rPr>
+          <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>mail</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC2E1D">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:hyperlink r:id="rId10" w:history="1">
-        <w:r w:rsidR="00C527EB" w:rsidRPr="00F87253">
-[...65 lines deleted...]
-      <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidRPr="00C14203">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
             <w:sz w:val="19"/>
             <w:szCs w:val="19"/>
           </w:rPr>
           <w:t>Denyo</w:t>
         </w:r>
         <w:r w:rsidRPr="0089409B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
             <w:sz w:val="19"/>
             <w:szCs w:val="19"/>
             <w:lang w:val="bg-BG"/>
           </w:rPr>
           <w:t>.</w:t>
         </w:r>
         <w:r w:rsidRPr="00C14203">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
             <w:sz w:val="19"/>
             <w:szCs w:val="19"/>
           </w:rPr>
           <w:t>Aladzhov</w:t>
         </w:r>
         <w:r w:rsidRPr="0089409B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
             <w:sz w:val="19"/>
             <w:szCs w:val="19"/>
             <w:lang w:val="bg-BG"/>
           </w:rPr>
           <w:t>@</w:t>
         </w:r>
+        <w:proofErr w:type="spellStart"/>
         <w:r w:rsidRPr="00C14203">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
             <w:sz w:val="19"/>
             <w:szCs w:val="19"/>
           </w:rPr>
           <w:t>elyug</w:t>
         </w:r>
+        <w:proofErr w:type="spellEnd"/>
         <w:r w:rsidRPr="0089409B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
             <w:sz w:val="19"/>
             <w:szCs w:val="19"/>
             <w:lang w:val="bg-BG"/>
           </w:rPr>
           <w:t>.</w:t>
         </w:r>
+        <w:proofErr w:type="spellStart"/>
         <w:r w:rsidRPr="00C14203">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
             <w:sz w:val="19"/>
             <w:szCs w:val="19"/>
           </w:rPr>
           <w:t>bg</w:t>
         </w:r>
+        <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
       <w:r w:rsidR="00B8690F" w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="7EB81F4F" w14:textId="77777777" w:rsidR="00AF34AA" w:rsidRPr="00AF34AA" w:rsidRDefault="00AF34AA" w:rsidP="00AF34AA">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+          <w:bCs/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF34AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+          <w:bCs/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>Христо Радев - тел. 032/973090,  E-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF34AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+          <w:bCs/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>mail</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF34AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+          <w:bCs/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF34AA">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>Hristo.Radev@elyug.bg</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52B04CDC" w14:textId="77777777" w:rsidR="00AF34AA" w:rsidRPr="00AF21AA" w:rsidRDefault="00AF34AA" w:rsidP="00AF34AA">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+          <w:b/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="099E2BB8" w14:textId="77777777" w:rsidR="00B8690F" w:rsidRPr="00AF21AA" w:rsidRDefault="00AE1669" w:rsidP="00AE1669">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">2. </w:t>
       </w:r>
       <w:r w:rsidR="00B8690F" w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
@@ -1588,72 +1569,83 @@
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:noProof/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>97</w:t>
       </w:r>
       <w:r w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:noProof/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">4299, </w:t>
       </w:r>
       <w:r w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
-        <w:t>E-mail</w:t>
-      </w:r>
+        <w:t>E-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>mail</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF21AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:noProof/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12" w:history="1">
+      <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidRPr="00AF21AA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
             <w:sz w:val="19"/>
             <w:szCs w:val="19"/>
             <w:lang w:val="bg-BG"/>
           </w:rPr>
           <w:t>Dimitar.Karamihov@evn.bg</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="07B7E14B" w14:textId="762EB132" w:rsidR="007B6F9C" w:rsidRPr="00AF21AA" w:rsidRDefault="00B8690F" w:rsidP="007B6F9C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
@@ -1709,91 +1701,82 @@
       <w:r w:rsidR="00EF2A71">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>97</w:t>
       </w:r>
       <w:r w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">3707, </w:t>
       </w:r>
       <w:r w:rsidR="00B0074F" w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
-        <w:t>E-mail</w:t>
-      </w:r>
+        <w:t>E-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B0074F" w:rsidRPr="00AF21AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>mail</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13" w:history="1">
+      <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidRPr="00AF21AA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
             <w:sz w:val="19"/>
             <w:szCs w:val="19"/>
             <w:lang w:val="bg-BG"/>
           </w:rPr>
-          <w:t>Sevda</w:t>
-[...19 lines deleted...]
-          <w:t>ina.Stoyanova@evn.bg</w:t>
+          <w:t>Sevdalina.Stoyanova@evn.bg</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="344AC09B" w14:textId="7850CEA9" w:rsidR="00B8690F" w:rsidRPr="00AF21AA" w:rsidRDefault="00EF2A71" w:rsidP="00AE1669">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b/>
           <w:sz w:val="19"/>
@@ -1828,116 +1811,100 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B8690F" w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>тел.</w:t>
       </w:r>
       <w:r w:rsidRPr="00EF2A71">
         <w:rPr>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EF2A71">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
-        <w:t>0</w:t>
-[...26 lines deleted...]
-        <w:t>971125</w:t>
+        <w:t>032/971125</w:t>
       </w:r>
       <w:r w:rsidR="00B8690F" w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00B0074F" w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
-        <w:t>E-mail</w:t>
-      </w:r>
+        <w:t>E-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B0074F" w:rsidRPr="00AF21AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>mail</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00B8690F" w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00B0074F" w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14" w:history="1">
+      <w:hyperlink r:id="rId13" w:history="1">
         <w:r w:rsidRPr="00C64A96">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
             <w:sz w:val="19"/>
             <w:szCs w:val="19"/>
             <w:lang w:val="de-AT"/>
           </w:rPr>
           <w:t>Nadezhda</w:t>
         </w:r>
         <w:r w:rsidRPr="00EF2A71">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
             <w:sz w:val="19"/>
             <w:szCs w:val="19"/>
             <w:lang w:val="bg-BG"/>
           </w:rPr>
           <w:t>.</w:t>
         </w:r>
         <w:r w:rsidRPr="00C64A96">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
             <w:sz w:val="19"/>
@@ -2388,62 +2355,82 @@
       <w:r w:rsidR="00EF2A71">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>97</w:t>
       </w:r>
       <w:r w:rsidRPr="0089409B">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>4948</w:t>
       </w:r>
       <w:r w:rsidR="00B0074F" w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
-        <w:t>, E-mail:</w:t>
+        <w:t>, E-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B0074F" w:rsidRPr="00AF21AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>mail</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B0074F" w:rsidRPr="00AF21AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00B0074F" w:rsidRPr="00202076">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15" w:history="1">
+      <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidRPr="00F81A57">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
             <w:sz w:val="19"/>
             <w:szCs w:val="19"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>Atanaska</w:t>
         </w:r>
         <w:r w:rsidRPr="00F81A57">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
             <w:sz w:val="19"/>
             <w:szCs w:val="19"/>
             <w:lang w:val="ru-RU"/>
           </w:rPr>
           <w:t>.</w:t>
         </w:r>
         <w:r w:rsidRPr="00F81A57">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
             <w:sz w:val="19"/>
@@ -2578,53 +2565,73 @@
       <w:r w:rsidR="00EF2A71">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>97</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>1121</w:t>
       </w:r>
       <w:r w:rsidR="00B0074F" w:rsidRPr="00AF21AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
-        <w:t xml:space="preserve">, E-mail: </w:t>
-[...1 lines deleted...]
-      <w:hyperlink r:id="rId16" w:history="1">
+        <w:t>, E-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B0074F" w:rsidRPr="00AF21AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>mail</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B0074F" w:rsidRPr="00AF21AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15" w:history="1">
         <w:r w:rsidRPr="000E5A47">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
             <w:sz w:val="19"/>
             <w:szCs w:val="19"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>Evgeniya</w:t>
         </w:r>
         <w:r w:rsidRPr="000E5A47">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
             <w:sz w:val="19"/>
             <w:szCs w:val="19"/>
             <w:lang w:val="ru-RU"/>
           </w:rPr>
           <w:t>.</w:t>
         </w:r>
         <w:r w:rsidRPr="000E5A47">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
             <w:sz w:val="19"/>
@@ -3310,93 +3317,93 @@
       </w:r>
       <w:r w:rsidR="00181511">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:i/>
           <w:color w:val="808080"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:i/>
           <w:color w:val="808080"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>име, фамилия / подпис, печат</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="007F0DFE" w:rsidRPr="00AF21AA" w:rsidSect="001D2951">
-      <w:headerReference w:type="default" r:id="rId17"/>
-      <w:footerReference w:type="default" r:id="rId18"/>
+      <w:headerReference w:type="default" r:id="rId16"/>
+      <w:footerReference w:type="default" r:id="rId17"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="937" w:right="1418" w:bottom="567" w:left="1418" w:header="720" w:footer="720" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2D465311" w14:textId="77777777" w:rsidR="00BF08DB" w:rsidRDefault="00BF08DB">
+    <w:p w14:paraId="76515630" w14:textId="77777777" w:rsidR="009B266D" w:rsidRDefault="009B266D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1939F2D0" w14:textId="77777777" w:rsidR="00BF08DB" w:rsidRDefault="00BF08DB">
+    <w:p w14:paraId="0AA074FC" w14:textId="77777777" w:rsidR="009B266D" w:rsidRDefault="009B266D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -3463,193 +3470,165 @@
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
                       <a:spLocks/>
                     </wps:cNvSpPr>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="381000" cy="728980"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:solidFill>
                         <a:sysClr val="window" lastClr="FFFFFF"/>
                       </a:solidFill>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                       <a:effectLst/>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="5C4B0C94" w14:textId="7F83FCA0" w:rsidR="007676C7" w:rsidRPr="001D2951" w:rsidRDefault="00C527EB" w:rsidP="007676C7">
+                        <w:p w14:paraId="5C4B0C94" w14:textId="7F778389" w:rsidR="007676C7" w:rsidRPr="001D2951" w:rsidRDefault="00C527EB" w:rsidP="007676C7">
                           <w:pPr>
                             <w:rPr>
                               <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                               <w:sz w:val="18"/>
                               <w:lang w:val="bg-BG"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                               <w:sz w:val="18"/>
                             </w:rPr>
                             <w:t>NA</w:t>
                           </w:r>
                           <w:r w:rsidR="007676C7" w:rsidRPr="00122C68">
                             <w:rPr>
                               <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                               <w:sz w:val="18"/>
                             </w:rPr>
                             <w:t>04</w:t>
                           </w:r>
                           <w:r w:rsidR="007676C7">
                             <w:rPr>
                               <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                               <w:sz w:val="18"/>
                             </w:rPr>
                             <w:t>1</w:t>
                           </w:r>
                           <w:r w:rsidR="001D2951">
                             <w:rPr>
                               <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                               <w:sz w:val="18"/>
                             </w:rPr>
                             <w:t>-</w:t>
                           </w:r>
-                          <w:r w:rsidR="0089409B">
+                          <w:r w:rsidR="00F26746">
                             <w:rPr>
                               <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                               <w:sz w:val="18"/>
                             </w:rPr>
-                            <w:t>1</w:t>
-[...13 lines deleted...]
-                            <w:t>25</w:t>
+                            <w:t>0326</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="vert270" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="374FE12F" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Текстово поле 2" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:-67.15pt;margin-top:1.5pt;width:30pt;height:57.4pt;z-index:251663360;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBa5ur1TAIAAJUEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtvGjEQvlfqf7B8L7sQEsiKJaJEVJVQ&#10;EolUORuvDVa9Htc27NJf37FZHk17qsrBjD3P75uZnTy0tSZ74bwCU9J+L6dEGA6VMpuSfntdfBpT&#10;4gMzFdNgREkPwtOH6ccPk8YWYgBb0JVwBIMYXzS2pNsQbJFlnm9FzXwPrDColOBqFvDqNlnlWIPR&#10;a50N8vwua8BV1gEX3uPr41FJpym+lIKHZym9CESXFGsL6XTpXMczm05YsXHMbhXvymD/UEXNlMGk&#10;51CPLDCyc+qPULXiDjzI0ONQZyCl4iJhQDT9/B2a1ZZZkbAgOd6eafL/Lyx/2q/siyOh/QwtNjCB&#10;8HYJ/LtHbrLG+qKziZz6wqN1BNpKV8d/hEDQEbk9nPkUbSAcH2/G/TxHDUfVaDC+Hye+s4uzdT58&#10;EVCTKJTUYbtSAWy/9CGmZ8XJJObyoFW1UFqny8HPtSN7hp3FgaigoUQzH/CxpIv0i93FEL+5aUOa&#10;kt7d3OYpk4EY72inTYwr0tR0+S+IoxTadUtUFWlCj/iyhuqA7Dk4Dpa3fKEQyhLreGEOJwnR43aE&#10;ZzykBswMnUTJFtzPv71H+5LGczBC9waHs6T+x445gQi/Guz+fX84RFVIl+HtaIAXd61ZX2vMrp4D&#10;stTHVbQ8idE+6JMoHdRvuEezmBhVzHAsrqThJM7DcWVwD7mYzZIRzq9lYWlWlp/mJvbqtX1jznYN&#10;DTgJT3AaY1a86+vRNpJuYLYLIFVq+oXYbgBx9lMjuz2Ny3V9T1aXr8n0FwAAAP//AwBQSwMEFAAG&#10;AAgAAAAhAI4FR3TeAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj01Lw0AURfeC/2F4BXfpJEZM&#10;iZkUERXcCI3SbKeZZyY080Fm2sR/7+vKLi/vcN+51XYxIzvjFAZnBWTrFBjazqnB9gK+v96SDbAQ&#10;pVVydBYF/GKAbX17U8lSudnu8NzEnlGJDaUUoGP0Jeeh02hkWDuPlm4/bjIyUpx6riY5U7kZ+X2a&#10;PnIjB0sftPT4orE7NicjYI9atru23Td98Tl/eP8+vnIjxN1qeX4CFnGJ/zBc9EkdanI6uJNVgY0C&#10;kix/yIkVkNMmApLikg9EZsUGeF3x6wn1HwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBa&#10;5ur1TAIAAJUEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQCOBUd03gAAAAoBAAAPAAAAAAAAAAAAAAAAAKYEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAsQUAAAAA&#10;" fillcolor="window" stroked="f" strokeweight=".5pt">
               <v:textbox style="layout-flow:vertical;mso-layout-flow-alt:bottom-to-top">
                 <w:txbxContent>
-                  <w:p w14:paraId="5C4B0C94" w14:textId="7F83FCA0" w:rsidR="007676C7" w:rsidRPr="001D2951" w:rsidRDefault="00C527EB" w:rsidP="007676C7">
+                  <w:p w14:paraId="5C4B0C94" w14:textId="7F778389" w:rsidR="007676C7" w:rsidRPr="001D2951" w:rsidRDefault="00C527EB" w:rsidP="007676C7">
                     <w:pPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                         <w:sz w:val="18"/>
                         <w:lang w:val="bg-BG"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                         <w:sz w:val="18"/>
                       </w:rPr>
                       <w:t>NA</w:t>
                     </w:r>
                     <w:r w:rsidR="007676C7" w:rsidRPr="00122C68">
                       <w:rPr>
                         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                         <w:sz w:val="18"/>
                       </w:rPr>
                       <w:t>04</w:t>
                     </w:r>
                     <w:r w:rsidR="007676C7">
                       <w:rPr>
                         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                         <w:sz w:val="18"/>
                       </w:rPr>
                       <w:t>1</w:t>
                     </w:r>
                     <w:r w:rsidR="001D2951">
                       <w:rPr>
                         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                         <w:sz w:val="18"/>
                       </w:rPr>
                       <w:t>-</w:t>
                     </w:r>
-                    <w:r w:rsidR="0089409B">
+                    <w:r w:rsidR="00F26746">
                       <w:rPr>
                         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                         <w:sz w:val="18"/>
                       </w:rPr>
-                      <w:t>1</w:t>
-[...13 lines deleted...]
-                      <w:t>25</w:t>
+                      <w:t>0326</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
   <w:p w14:paraId="31E48714" w14:textId="77777777" w:rsidR="007F0DFE" w:rsidRDefault="007F0DFE" w:rsidP="007F0DFE">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:lang w:val="bg-BG"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="271EE4EE" w14:textId="77777777" w:rsidR="001D2951" w:rsidRPr="009D7E4B" w:rsidRDefault="001D2951" w:rsidP="001D2951">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="2891"/>
         <w:tab w:val="left" w:pos="5159"/>
         <w:tab w:val="left" w:pos="7257"/>
@@ -4020,58 +3999,58 @@
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00E10640">
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
         <w:noProof/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidR="003D4764" w:rsidRPr="00345505">
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="60757015" w14:textId="77777777" w:rsidR="00BF08DB" w:rsidRDefault="00BF08DB">
+    <w:p w14:paraId="57351168" w14:textId="77777777" w:rsidR="009B266D" w:rsidRDefault="009B266D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4F5A0404" w14:textId="77777777" w:rsidR="00BF08DB" w:rsidRDefault="00BF08DB">
+    <w:p w14:paraId="04215ACE" w14:textId="77777777" w:rsidR="009B266D" w:rsidRDefault="009B266D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="25ADE35A" w14:textId="77777777" w:rsidR="001D2951" w:rsidRDefault="001D2951" w:rsidP="00345505">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4536"/>
         <w:tab w:val="left" w:pos="2977"/>
       </w:tabs>
       <w:spacing w:line="160" w:lineRule="exact"/>
       <w:rPr>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="bg-BG"/>
       </w:rPr>
     </w:pPr>
     <w:r>
@@ -5427,58 +5406,58 @@
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="365640632">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1108040392">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="188448670">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="499731820">
     <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="120"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="de-DE" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="de-DE" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="ru-RU" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="J3DYaGoX4zp/C5GPT/j+oNBt6qx5uKiDzOHs9jBCinfblx+D+s3Cb8kHDpQIiS28yVHPhx7NM9C6Dl50TSJFZA==" w:salt="owGzlsV3Urfba6oVkQlfxA=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="e6V6GdE45DnmjLT3DPk5Ak9ebRv/uI+EmCtJuWpGYKEhwXaPYhLh5U91gL0IyuY4phMjkDeWzlFhqmokZTlMFw==" w:salt="bcvizT8hE+mmMUVETWvdmg=="/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="187"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="40961"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00BA5BF9"/>
     <w:rsid w:val="00003EB4"/>
     <w:rsid w:val="00022C24"/>
     <w:rsid w:val="00072A8B"/>
     <w:rsid w:val="000A285D"/>
     <w:rsid w:val="000D4F36"/>
     <w:rsid w:val="000E32FF"/>
@@ -5497,124 +5476,129 @@
     <w:rsid w:val="003470D4"/>
     <w:rsid w:val="0035097F"/>
     <w:rsid w:val="003932ED"/>
     <w:rsid w:val="0039740A"/>
     <w:rsid w:val="003A2716"/>
     <w:rsid w:val="003A39AA"/>
     <w:rsid w:val="003A6217"/>
     <w:rsid w:val="003D4764"/>
     <w:rsid w:val="00431FB9"/>
     <w:rsid w:val="004817E5"/>
     <w:rsid w:val="00530E54"/>
     <w:rsid w:val="005426A5"/>
     <w:rsid w:val="00562FE9"/>
     <w:rsid w:val="005955B5"/>
     <w:rsid w:val="005C5F90"/>
     <w:rsid w:val="006004C2"/>
     <w:rsid w:val="006171D2"/>
     <w:rsid w:val="00617BFC"/>
     <w:rsid w:val="00617C34"/>
     <w:rsid w:val="00685C7E"/>
     <w:rsid w:val="006B41E3"/>
     <w:rsid w:val="006C799B"/>
     <w:rsid w:val="006E0247"/>
     <w:rsid w:val="007467DD"/>
     <w:rsid w:val="007676C7"/>
+    <w:rsid w:val="007918C7"/>
     <w:rsid w:val="00796BEB"/>
     <w:rsid w:val="007A29B3"/>
     <w:rsid w:val="007B1B2E"/>
     <w:rsid w:val="007B6F9C"/>
     <w:rsid w:val="007C2E03"/>
     <w:rsid w:val="007D78EA"/>
     <w:rsid w:val="007F0DFE"/>
     <w:rsid w:val="008348EA"/>
     <w:rsid w:val="00847D03"/>
     <w:rsid w:val="0089409B"/>
     <w:rsid w:val="008F4502"/>
     <w:rsid w:val="00934B35"/>
     <w:rsid w:val="00955A69"/>
     <w:rsid w:val="00974FAB"/>
     <w:rsid w:val="00996194"/>
     <w:rsid w:val="00997552"/>
     <w:rsid w:val="009A6DD6"/>
+    <w:rsid w:val="009B266D"/>
     <w:rsid w:val="009C5B10"/>
     <w:rsid w:val="009E0CB5"/>
     <w:rsid w:val="009E3094"/>
+    <w:rsid w:val="00A24B79"/>
     <w:rsid w:val="00A93658"/>
     <w:rsid w:val="00A9531A"/>
     <w:rsid w:val="00AA6B82"/>
     <w:rsid w:val="00AD0917"/>
     <w:rsid w:val="00AE1669"/>
     <w:rsid w:val="00AE7E67"/>
     <w:rsid w:val="00AF21AA"/>
+    <w:rsid w:val="00AF34AA"/>
     <w:rsid w:val="00B0074F"/>
     <w:rsid w:val="00B124D4"/>
     <w:rsid w:val="00B36AC4"/>
     <w:rsid w:val="00B70542"/>
     <w:rsid w:val="00B84AE5"/>
     <w:rsid w:val="00B8690F"/>
     <w:rsid w:val="00B9780F"/>
     <w:rsid w:val="00BA5BF9"/>
     <w:rsid w:val="00BF08DB"/>
     <w:rsid w:val="00C12472"/>
     <w:rsid w:val="00C527EB"/>
     <w:rsid w:val="00C864E0"/>
     <w:rsid w:val="00CB2AB8"/>
     <w:rsid w:val="00D767CB"/>
     <w:rsid w:val="00DF71C8"/>
     <w:rsid w:val="00E10640"/>
     <w:rsid w:val="00E2511F"/>
     <w:rsid w:val="00E91660"/>
     <w:rsid w:val="00ED5390"/>
     <w:rsid w:val="00EF2A71"/>
     <w:rsid w:val="00EF5B87"/>
     <w:rsid w:val="00EF61C5"/>
     <w:rsid w:val="00F11281"/>
     <w:rsid w:val="00F240F0"/>
+    <w:rsid w:val="00F26746"/>
     <w:rsid w:val="00F54189"/>
     <w:rsid w:val="00F7507E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="bg-BG"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="40961"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="155ED935"/>
   <w15:docId w15:val="{5EE27229-013D-4857-A720-DA18C66F4528}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="bg-BG" w:eastAsia="bg-BG" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -5977,50 +5961,51 @@
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00BA5BF9"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:lang w:val="de-DE" w:eastAsia="de-DE"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
@@ -6161,51 +6146,51 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2124643086">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Mitko.Tangarov@elyug.bg%20" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sevdalina.Stoyanova@evn.bg" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Dimitar.Karamihov@evn.bg" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Evgeniya.Taneva@evn.bg" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Denyo.Aladzhov@elyug.bg" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Atanaska.Stoilova@evn.bg" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Atanas.Popov@elyug.bg%20" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Mariyana.Shalamanova@elyug.bg" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Nadezhda.Stoyanova@evn.bg" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Mitko.Tangarov@elyug.bg%20" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Nadezhda.Stoyanova@evn.bg" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sevdalina.Stoyanova@evn.bg" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Dimitar.Karamihov@evn.bg" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Evgeniya.Taneva@evn.bg" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Denyo.Aladzhov@elyug.bg" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Mariyana.Shalamanova@elyug.bg" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Atanaska.Stoilova@evn.bg" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.wmf"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office тема">
   <a:themeElements>
     <a:clrScheme name="Оffice">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -6457,99 +6442,318 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
+</file>
+
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Документ" ma:contentTypeID="0x010100C308D9326F3E6D438D75318341923CFC" ma:contentTypeVersion="7" ma:contentTypeDescription="Създаване на нов документ" ma:contentTypeScope="" ma:versionID="622fb33937f837984ad795a7e10ea3fb">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="0bfa5fa5-a36f-458c-bb42-d1aaff973de5" xmlns:ns3="c0124f6d-dad5-4a34-9141-9e26d6dc4558" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="3152e547ee638e81b6aac2e13af1981d" ns2:_="" ns3:_="">
+    <xsd:import namespace="0bfa5fa5-a36f-458c-bb42-d1aaff973de5"/>
+    <xsd:import namespace="c0124f6d-dad5-4a34-9141-9e26d6dc4558"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:_x0414__x043e__x043f__x044a__x043b__x043d__x0438__x0442__x0435__x043b__x043d__x0430__x0020__x0438__x043d__x0444__x043e__x0440__x043c__x0430__x0446__x0438__x044f_" minOccurs="0"/>
+                <xsd:element ref="ns2:Order0" minOccurs="0"/>
+                <xsd:element ref="ns2:_x0417__x0430__x0433__x043b__x0430__x0432__x0438__x0435_" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns2:_x0414__x0440__x0443__x0436__x0435__x0441__x0442__x0432__x043e_" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="0bfa5fa5-a36f-458c-bb42-d1aaff973de5" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="_x0414__x043e__x043f__x044a__x043b__x043d__x0438__x0442__x0435__x043b__x043d__x0430__x0020__x0438__x043d__x0444__x043e__x0440__x043c__x0430__x0446__x0438__x044f_" ma:index="8" nillable="true" ma:displayName="Допълнителна информация" ma:internalName="_x0414__x043e__x043f__x044a__x043b__x043d__x0438__x0442__x0435__x043b__x043d__x0430__x0020__x0438__x043d__x0444__x043e__x0440__x043c__x0430__x0446__x0438__x044f_">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Order0" ma:index="9" nillable="true" ma:displayName="Order" ma:internalName="Order0">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Number"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="_x0417__x0430__x0433__x043b__x0430__x0432__x0438__x0435_" ma:index="10" nillable="true" ma:displayName="Заглавие" ma:internalName="_x0417__x0430__x0433__x043b__x0430__x0432__x0438__x0435_">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="_x0414__x0440__x0443__x0436__x0435__x0441__x0442__x0432__x043e_" ma:index="12" nillable="true" ma:displayName="Дружество" ma:internalName="_x0414__x0440__x0443__x0436__x0435__x0441__x0442__x0432__x043e_">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="c0124f6d-dad5-4a34-9141-9e26d6dc4558" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="11" nillable="true" ma:displayName="Споделено с" ma:description="" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Тип съдържание"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Заглавие"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_x0414__x0440__x0443__x0436__x0435__x0441__x0442__x0432__x043e_ xmlns="0bfa5fa5-a36f-458c-bb42-d1aaff973de5">EP</_x0414__x0440__x0443__x0436__x0435__x0441__x0442__x0432__x043e_>
+    <_x0417__x0430__x0433__x043b__x0430__x0432__x0438__x0435_ xmlns="0bfa5fa5-a36f-458c-bb42-d1aaff973de5">Приложение 2 към Рамков договор- Списък с упълномощени отговорни лица на Страните</_x0417__x0430__x0433__x043b__x0430__x0432__x0438__x0435_>
+    <Order0 xmlns="0bfa5fa5-a36f-458c-bb42-d1aaff973de5" xsi:nil="true"/>
+    <_x0414__x043e__x043f__x044a__x043b__x043d__x0438__x0442__x0435__x043b__x043d__x0430__x0020__x0438__x043d__x0444__x043e__x0440__x043c__x0430__x0446__x0438__x044f_ xmlns="0bfa5fa5-a36f-458c-bb42-d1aaff973de5">публикуван в интернет</_x0414__x043e__x043f__x044a__x043b__x043d__x0438__x0442__x0435__x043b__x043d__x0430__x0020__x0438__x043d__x0444__x043e__x0440__x043c__x0430__x0446__x0438__x044f_>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D377BEE9-B672-40C6-8749-F833FAB1992B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7813A56D-70E2-4C02-B8AD-0AA4E3A703A8}"/>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EF4589B1-1618-4104-9787-AB4D9AD33DA7}"/>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E3995E6C-6891-4EB2-8EFF-2A064687CDCB}"/>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>444</Words>
-  <Characters>2533</Characters>
+  <Words>436</Words>
+  <Characters>2490</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>21</Lines>
+  <Lines>20</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Заглавие</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Списък с лицата, имащи право да дават оперативни разпореждания и да искат информация от обектите на територията на ЕВН България за области Стара Загора, Сливен, Ямбол и Бургас</vt:lpstr>
       <vt:lpstr>Списък с лицата, имащи право да дават оперативни разпореждания и да искат информация от обектите на територията на ЕВН България за области Стара Загора, Сливен, Ямбол и Бургас</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>EVN Bulgaria</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2972</CharactersWithSpaces>
+  <CharactersWithSpaces>2921</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="78" baseType="variant">
       <vt:variant>
         <vt:i4>6488075</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>48</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:Branimira.Angelova@evn.bg</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>6422536</vt:i4>
       </vt:variant>
       <vt:variant>
@@ -6761,25 +6965,33 @@
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:info@evn.bg</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Списък с лицата, имащи право да дават оперативни разпореждания и да искат информация от обектите на територията на ЕВН България за области Стара Загора, Сливен, Ямбол и Бургас</dc:title>
   <dc:creator>bgdimov</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x010100C308D9326F3E6D438D75318341923CFC</vt:lpwstr>
+  </property>
+</Properties>
+</file>