--- v0 (2025-10-08)
+++ v1 (2026-01-15)
@@ -1,52 +1,56 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="2E567F0D" w14:textId="6AB8884F" w:rsidR="00846A84" w:rsidRPr="00E95E81" w:rsidRDefault="00E95E81" w:rsidP="00020F03">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Декларация</w:t>
       </w:r>
       <w:r w:rsidR="00541C15">
         <w:rPr>
@@ -2628,78 +2632,85 @@
             <w:r w:rsidRPr="00D042F4">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>.......................................................</w:t>
             </w:r>
             <w:r w:rsidRPr="00D042F4">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="0"/>
     </w:tbl>
     <w:p w14:paraId="309FEF4C" w14:textId="77777777" w:rsidR="00230E5B" w:rsidRPr="00D042F4" w:rsidRDefault="00230E5B" w:rsidP="00020F03">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="048B7423" w14:textId="767EBB5C" w:rsidR="00E95E81" w:rsidRDefault="00E95E81" w:rsidP="00E95E81">
+    <w:p w14:paraId="048B7423" w14:textId="35AB4883" w:rsidR="00E95E81" w:rsidRPr="009E2DC7" w:rsidRDefault="00E95E81" w:rsidP="00E95E81">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>В качеството си на собственик на описания по-горе Обект, с</w:t>
       </w:r>
       <w:r w:rsidR="00D042F4">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящото </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">ДЕКЛАРИРАМ, че ДАВАМ СЪГЛАСИЕТО си </w:t>
+        <w:t>ДЕКЛАРИРАМ, че ДАВАМ СЪГЛАСИЕТО си</w:t>
+      </w:r>
+      <w:r w:rsidR="001307CF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="70FFDF44" w14:textId="77777777" w:rsidR="00E95E81" w:rsidRPr="00D042F4" w:rsidRDefault="00F667F0" w:rsidP="00E95E81">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D042F4">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9857" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -3515,101 +3526,101 @@
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">да проведе следната процедура по реда на </w:t>
       </w:r>
       <w:r w:rsidRPr="00E95E81">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>Наредба № 6 от 28.03.2024 г. за присъединяване на обекти към електрическите мрежи</w:t>
       </w:r>
       <w:r w:rsidR="00AC47F2">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0849FDC3" w14:textId="77777777" w:rsidR="00AC47F2" w:rsidRPr="00AC47F2" w:rsidRDefault="00420B2F" w:rsidP="00AC47F2">
+    <w:p w14:paraId="0849FDC3" w14:textId="77777777" w:rsidR="00AC47F2" w:rsidRPr="00AC47F2" w:rsidRDefault="0096726C" w:rsidP="00AC47F2">
       <w:pPr>
         <w:spacing w:before="20" w:afterLines="20" w:after="48" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:b/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="-1090617554"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00AC47F2" w:rsidRPr="00AC47F2">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:b/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00AC47F2" w:rsidRPr="00AC47F2">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00AC47F2" w:rsidRPr="00AC47F2">
         <w:rPr>
           <w:b/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>ЗА ОБЕКТ ЗА ПОТРЕБЛЕНИЕ НА ЕЛЕКТРИЧЕСКА ЕНЕРГИЯ</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1AAEE8E1" w14:textId="2A0612AF" w:rsidR="00AC47F2" w:rsidRPr="00AC47F2" w:rsidRDefault="00420B2F" w:rsidP="00AC47F2">
+    <w:p w14:paraId="1AAEE8E1" w14:textId="2A0612AF" w:rsidR="00AC47F2" w:rsidRPr="00AC47F2" w:rsidRDefault="0096726C" w:rsidP="00AC47F2">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:b/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="-122925928"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00AC47F2">
@@ -3617,51 +3628,51 @@
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
               <w:b/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00AC47F2" w:rsidRPr="00AC47F2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> обособяване</w:t>
       </w:r>
       <w:r w:rsidR="00AC47F2" w:rsidRPr="00AC47F2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
         <w:t>на нов обект със самостоятелно измерване чрез отделяне от присъединен обект;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0EC8B01E" w14:textId="4B7D8F7C" w:rsidR="00AC47F2" w:rsidRPr="00AC47F2" w:rsidRDefault="00420B2F" w:rsidP="00AC47F2">
+    <w:p w14:paraId="0EC8B01E" w14:textId="4B7D8F7C" w:rsidR="00AC47F2" w:rsidRPr="00AC47F2" w:rsidRDefault="0096726C" w:rsidP="00AC47F2">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:b/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="-1753506486"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00AC47F2">
@@ -3677,51 +3688,51 @@
       </w:sdt>
       <w:r w:rsidR="00AC47F2" w:rsidRPr="00AC47F2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> за електроснабдяване на приемници на електрическа енергия </w:t>
       </w:r>
       <w:r w:rsidR="00AC47F2" w:rsidRPr="00AC47F2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>(само в незастроен имот)</w:t>
       </w:r>
       <w:r w:rsidR="00AC47F2" w:rsidRPr="00AC47F2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4419217A" w14:textId="209AA770" w:rsidR="00AC47F2" w:rsidRPr="00AC47F2" w:rsidRDefault="00420B2F" w:rsidP="00AC47F2">
+    <w:p w14:paraId="4419217A" w14:textId="209AA770" w:rsidR="00AC47F2" w:rsidRPr="00AC47F2" w:rsidRDefault="0096726C" w:rsidP="00AC47F2">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:b/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="1361395308"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00AC47F2" w:rsidRPr="00AC47F2">
@@ -3730,51 +3741,51 @@
               <w:b/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00AC47F2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00AC47F2" w:rsidRPr="00AC47F2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>за електроснабдяване на съществуващ обект, който не е присъединен;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1326101A" w14:textId="1D0595BB" w:rsidR="00AC47F2" w:rsidRPr="00AC47F2" w:rsidRDefault="00420B2F" w:rsidP="00AC47F2">
+    <w:p w14:paraId="1326101A" w14:textId="1D0595BB" w:rsidR="00AC47F2" w:rsidRPr="00AC47F2" w:rsidRDefault="0096726C" w:rsidP="00AC47F2">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:b/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="-743947897"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00AC47F2" w:rsidRPr="00AC47F2">
@@ -3783,51 +3794,51 @@
               <w:b/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00AC47F2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00AC47F2" w:rsidRPr="00AC47F2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>за присъединяване на обект с преустановено присъединяване;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B12250A" w14:textId="7F1BBF2F" w:rsidR="00AC47F2" w:rsidRPr="00AC47F2" w:rsidRDefault="00420B2F" w:rsidP="00AC47F2">
+    <w:p w14:paraId="7B12250A" w14:textId="7F1BBF2F" w:rsidR="00AC47F2" w:rsidRPr="00AC47F2" w:rsidRDefault="0096726C" w:rsidP="00AC47F2">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:b/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="-443691490"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00AC47F2">
@@ -3854,233 +3865,233 @@
         </w:rPr>
         <w:t>за временно електроснабдяване на преместваеми обекти по смисъла на З</w:t>
       </w:r>
       <w:r w:rsidR="00AC47F2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>акона за устройство на територията</w:t>
       </w:r>
       <w:r w:rsidR="00FF0C57">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> (ЗУТ)</w:t>
       </w:r>
       <w:r w:rsidR="00AC47F2" w:rsidRPr="00AC47F2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0223E6A6" w14:textId="77777777" w:rsidR="00AC47F2" w:rsidRPr="00AC47F2" w:rsidRDefault="00420B2F" w:rsidP="00AC47F2">
+    <w:p w14:paraId="0223E6A6" w14:textId="77777777" w:rsidR="00AC47F2" w:rsidRPr="00AC47F2" w:rsidRDefault="0096726C" w:rsidP="00AC47F2">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:b/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="431638306"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00AC47F2" w:rsidRPr="00AC47F2">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:b/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00AC47F2" w:rsidRPr="00AC47F2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00AC47F2" w:rsidRPr="00AC47F2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>за електроснабдяване на зарядна точка като самостоятелен обект.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="736132DE" w14:textId="77777777" w:rsidR="00AC47F2" w:rsidRPr="00AC47F2" w:rsidRDefault="00420B2F" w:rsidP="00AC47F2">
+    <w:p w14:paraId="736132DE" w14:textId="77777777" w:rsidR="00AC47F2" w:rsidRPr="00AC47F2" w:rsidRDefault="0096726C" w:rsidP="00AC47F2">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:eastAsia="MS Gothic" w:cs="Segoe UI Symbol"/>
             <w:b/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="1462920760"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00AC47F2" w:rsidRPr="00FF0C57">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:b/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00AC47F2" w:rsidRPr="00AC47F2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> увеличаване на присъединената мощност на присъединен обект;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72E95ED0" w14:textId="77777777" w:rsidR="00AC47F2" w:rsidRPr="00AC47F2" w:rsidRDefault="00420B2F" w:rsidP="00AC47F2">
+    <w:p w14:paraId="72E95ED0" w14:textId="77777777" w:rsidR="00AC47F2" w:rsidRPr="00AC47F2" w:rsidRDefault="0096726C" w:rsidP="00AC47F2">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:b/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="-691380832"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00AC47F2" w:rsidRPr="00FF0C57">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:b/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00AC47F2" w:rsidRPr="00AC47F2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> промяна броя на фазите;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DE74E9D" w14:textId="77777777" w:rsidR="00AC47F2" w:rsidRPr="00AC47F2" w:rsidRDefault="00420B2F" w:rsidP="00AC47F2">
+    <w:p w14:paraId="7DE74E9D" w14:textId="77777777" w:rsidR="00AC47F2" w:rsidRPr="00AC47F2" w:rsidRDefault="0096726C" w:rsidP="00AC47F2">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:b/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="-657223110"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00AC47F2" w:rsidRPr="00FF0C57">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:b/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00AC47F2" w:rsidRPr="00AC47F2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> изграждане на нови съоръжения за присъединяване, свързано с повишаване на категорията по осигуреност на електроснабдяването на обекта;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DBFE362" w14:textId="77777777" w:rsidR="00AC47F2" w:rsidRPr="00AC47F2" w:rsidRDefault="00420B2F" w:rsidP="00AC47F2">
+    <w:p w14:paraId="2DBFE362" w14:textId="77777777" w:rsidR="00AC47F2" w:rsidRPr="00AC47F2" w:rsidRDefault="0096726C" w:rsidP="00AC47F2">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:b/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="-1529784190"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00AC47F2" w:rsidRPr="00FF0C57">
@@ -4090,51 +4101,51 @@
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00AC47F2" w:rsidRPr="00AC47F2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">  допълнително захранване при запазване категорията на осигуреност;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B81F695" w14:textId="77777777" w:rsidR="00AC47F2" w:rsidRPr="00AC47F2" w:rsidRDefault="00AC47F2" w:rsidP="00AC47F2">
       <w:pPr>
         <w:spacing w:before="20" w:afterLines="20" w:after="48" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="63DD60CF" w14:textId="77777777" w:rsidR="00AC47F2" w:rsidRPr="00AC47F2" w:rsidRDefault="00420B2F" w:rsidP="00AC47F2">
+    <w:p w14:paraId="63DD60CF" w14:textId="77777777" w:rsidR="00AC47F2" w:rsidRPr="00AC47F2" w:rsidRDefault="0096726C" w:rsidP="00AC47F2">
       <w:pPr>
         <w:spacing w:before="20" w:afterLines="20" w:after="48" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:color w:val="0070C0"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:b/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="-1963643905"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
@@ -4142,51 +4153,51 @@
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:b/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00AC47F2" w:rsidRPr="00AC47F2">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00AC47F2" w:rsidRPr="00AC47F2">
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:color w:val="0070C0"/>
         </w:rPr>
         <w:t>ЗА ОБЕКТ ЗА СЪХРАНЕНИЕ НА ЕЛЕКТРИЧЕСКА ЕНЕРГИЯ</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4416834D" w14:textId="77777777" w:rsidR="00AC47F2" w:rsidRPr="00AC47F2" w:rsidRDefault="00420B2F" w:rsidP="00AC47F2">
+    <w:p w14:paraId="4416834D" w14:textId="77777777" w:rsidR="00AC47F2" w:rsidRPr="00AC47F2" w:rsidRDefault="0096726C" w:rsidP="00AC47F2">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:b/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="-1220202470"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00AC47F2" w:rsidRPr="00FF0C57">
@@ -4194,153 +4205,153 @@
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:b/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00AC47F2" w:rsidRPr="00AC47F2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00AC47F2" w:rsidRPr="00AC47F2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>нов обект</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2EB7FA83" w14:textId="77777777" w:rsidR="00AC47F2" w:rsidRPr="00AC47F2" w:rsidRDefault="00420B2F" w:rsidP="00AC47F2">
+    <w:p w14:paraId="2EB7FA83" w14:textId="77777777" w:rsidR="00AC47F2" w:rsidRPr="00AC47F2" w:rsidRDefault="0096726C" w:rsidP="00AC47F2">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:b/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="-1350567960"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00AC47F2" w:rsidRPr="00FF0C57">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:b/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00AC47F2" w:rsidRPr="00AC47F2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00AC47F2" w:rsidRPr="00AC47F2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>обособяване на нов обект със самостоятелно измерване на електрическата енергия чрез отделяне от присъединен обект;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63124FC0" w14:textId="77777777" w:rsidR="00AC47F2" w:rsidRPr="00AC47F2" w:rsidRDefault="00420B2F" w:rsidP="00AC47F2">
+    <w:p w14:paraId="63124FC0" w14:textId="77777777" w:rsidR="00AC47F2" w:rsidRPr="00AC47F2" w:rsidRDefault="0096726C" w:rsidP="00AC47F2">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:eastAsia="MS Gothic" w:cs="Segoe UI Symbol"/>
             <w:b/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="-267770710"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00AC47F2" w:rsidRPr="00FF0C57">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:b/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00AC47F2" w:rsidRPr="00AC47F2">
         <w:rPr>
           <w:rFonts w:eastAsia="MS Gothic" w:cs="Segoe UI Symbol"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00AC47F2" w:rsidRPr="00AC47F2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>несамостоятелно съоръжение или инсталация за съхранение към/в присъединен обект за потребление.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71EE6508" w14:textId="77777777" w:rsidR="00AC47F2" w:rsidRPr="00AC47F2" w:rsidRDefault="00420B2F" w:rsidP="00AC47F2">
+    <w:p w14:paraId="71EE6508" w14:textId="77777777" w:rsidR="00AC47F2" w:rsidRPr="00AC47F2" w:rsidRDefault="0096726C" w:rsidP="00AC47F2">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:b/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="-821432321"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
@@ -4365,247 +4376,247 @@
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> разширение/преустройство по реда на </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidR="00AC47F2" w:rsidRPr="00AC47F2">
           <w:rPr>
             <w:rFonts w:eastAsia="Times New Roman"/>
             <w:color w:val="000000"/>
             <w:spacing w:val="0"/>
             <w:lang w:eastAsia="bg-BG"/>
           </w:rPr>
           <w:t>ЗУТ</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00AC47F2" w:rsidRPr="00AC47F2">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> с промяна на инсталираната мощност;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61A6DBF1" w14:textId="7D6E1A32" w:rsidR="00AC47F2" w:rsidRPr="00AC47F2" w:rsidRDefault="00420B2F" w:rsidP="00AC47F2">
+    <w:p w14:paraId="61A6DBF1" w14:textId="7D6E1A32" w:rsidR="00AC47F2" w:rsidRPr="00AC47F2" w:rsidRDefault="0096726C" w:rsidP="00AC47F2">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:b/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="1777517442"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00FF0C57">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
               <w:b/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00AC47F2" w:rsidRPr="00AC47F2">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> модернизация с увеличение на инсталираната мощност;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59508617" w14:textId="77777777" w:rsidR="00AC47F2" w:rsidRPr="00AC47F2" w:rsidRDefault="00420B2F" w:rsidP="00AC47F2">
+    <w:p w14:paraId="59508617" w14:textId="77777777" w:rsidR="00AC47F2" w:rsidRPr="00AC47F2" w:rsidRDefault="0096726C" w:rsidP="00AC47F2">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:b/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="2047405692"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00AC47F2" w:rsidRPr="00FF0C57">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:b/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00AC47F2" w:rsidRPr="00AC47F2">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> при промяна на вида и технологията на съхранение;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0134FC85" w14:textId="5AC5442D" w:rsidR="00AC47F2" w:rsidRPr="00AC47F2" w:rsidRDefault="00420B2F" w:rsidP="00AC47F2">
+    <w:p w14:paraId="0134FC85" w14:textId="5AC5442D" w:rsidR="00AC47F2" w:rsidRPr="00AC47F2" w:rsidRDefault="0096726C" w:rsidP="00AC47F2">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:b/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="1860463146"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00FF0C57">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
               <w:b/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00AC47F2" w:rsidRPr="00AC47F2">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> увеличаване на общата инсталирана мощност на изградено или поставено несамостоятелно съоръжение или инсталация за съхранение към/в присъединен обект за потребление;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68C83DD3" w14:textId="77777777" w:rsidR="00AC47F2" w:rsidRPr="00AC47F2" w:rsidRDefault="00420B2F" w:rsidP="00AC47F2">
+    <w:p w14:paraId="68C83DD3" w14:textId="77777777" w:rsidR="00AC47F2" w:rsidRPr="00AC47F2" w:rsidRDefault="0096726C" w:rsidP="00AC47F2">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:b/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="510255158"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00AC47F2" w:rsidRPr="00FF0C57">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:b/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00AC47F2" w:rsidRPr="00AC47F2">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> започване отдаването на електрическа енергия в мрежата от несамостоятелно съоръжение или инсталация за производство само за собствено потребление, изградено или поставено към/в присъединен обект за потребление;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64F8BABE" w14:textId="77777777" w:rsidR="00AC47F2" w:rsidRPr="00AC47F2" w:rsidRDefault="00420B2F" w:rsidP="00AC47F2">
+    <w:p w14:paraId="64F8BABE" w14:textId="77777777" w:rsidR="00AC47F2" w:rsidRPr="00AC47F2" w:rsidRDefault="0096726C" w:rsidP="00AC47F2">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:b/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="-350956528"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
@@ -5249,57 +5260,51 @@
           <w:bCs/>
         </w:rPr>
         <w:t>Декларирам, че ми е предоставена и се запознах с информация относно обработването на лични данни от страна на дружеството в качеството му на администратор, както и за правата ми по Общия регламент за защита на данните. Във връзка с този документ се запознах със следната конкретна информация:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="45111DF3" w14:textId="77777777" w:rsidR="00FF0C57" w:rsidRDefault="00CF4488" w:rsidP="00FF0C57">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="567" w:hanging="283"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FF0C57">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Цел на обработване на </w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">личните данни: </w:t>
+        <w:t xml:space="preserve">Цел на обработване на личните данни: </w:t>
       </w:r>
       <w:r w:rsidR="00FF0C57" w:rsidRPr="00FF0C57">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>провеждане на процедура по присъединяване съгласно Наредба № 6 от 28.03.2024 г. за присъединяване на обекти към електрическите мрежи;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="030EAAA3" w14:textId="1FB25A0A" w:rsidR="00CF4488" w:rsidRPr="00FF0C57" w:rsidRDefault="00CF4488" w:rsidP="00FF0C57">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="567" w:hanging="283"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FF0C57">
@@ -6899,67 +6904,83 @@
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="39172DFA" w14:textId="77777777" w:rsidR="00FF0C57" w:rsidRDefault="00FF0C57" w:rsidP="00640A81">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:spacing w:line="200" w:lineRule="exact"/>
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="76680DAF" w14:textId="77777777" w:rsidR="00FF0C57" w:rsidRDefault="00FF0C57" w:rsidP="00640A81">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:spacing w:line="200" w:lineRule="exact"/>
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="50C4D96F" w14:textId="494BA790" w:rsidR="00846A84" w:rsidRPr="00FF0C57" w:rsidRDefault="00FF0C57" w:rsidP="00640A81">
+  <w:p w14:paraId="50C4D96F" w14:textId="0DAC1CF8" w:rsidR="00846A84" w:rsidRPr="00FF0C57" w:rsidRDefault="00FF0C57" w:rsidP="00640A81">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:spacing w:line="200" w:lineRule="exact"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="ru-RU"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00FF0C57">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
-      <w:t>ДЕКЛАРАЦИЯ ЗАДЪЛЖИТЕЛНО СЛЕДВА ДА С НОТАРИАЛНА ЗАВЕРКА</w:t>
+      <w:t xml:space="preserve">ДЕКЛАРАЦИЯ ЗАДЪЛЖИТЕЛНО СЛЕДВА ДА </w:t>
+    </w:r>
+    <w:r w:rsidR="001307CF">
+      <w:rPr>
+        <w:color w:val="FF0000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:t xml:space="preserve">Е </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00FF0C57">
+      <w:rPr>
+        <w:color w:val="FF0000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:t>С НОТАРИАЛНА ЗАВЕРКА</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="76E2C1DC" w14:textId="57F1135E" w:rsidR="00846A84" w:rsidRPr="00FF0C57" w:rsidRDefault="00846A84" w:rsidP="00FF0C57">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="9072"/>
         <w:tab w:val="right" w:pos="9638"/>
       </w:tabs>
       <w:spacing w:before="600"/>
       <w:rPr>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="ru-RU"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00FF0C57">
       <w:rPr>
         <w:noProof/>
         <w:color w:val="FF0000"/>
@@ -11728,108 +11749,110 @@
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="43" w16cid:durableId="152989695">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="44" w16cid:durableId="150291028">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="45" w16cid:durableId="2032342518">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="46" w16cid:durableId="505094885">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="47" w16cid:durableId="765731969">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="48" w16cid:durableId="913471976">
     <w:abstractNumId w:val="13"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="140"/>
+  <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="edqeoJMenWd5MjdDrlGD36uC0Axq4dyuLuKxL2yKsARQK+ZxTG2ttQ0caqfSXCqpXZ8Vgd9LZ2y0mP/BAS4kXQ==" w:salt="9ykHEpia9YrlOBI0tGprYQ=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="mfR3dw//nbypEoV/SPw9hBwuBCLOoY5+yKglnT6QzTCpnXkXWhxrpRN2pV8PU4K9sxmno/Ag21bhDCTuDKiFqA==" w:salt="z72w+q6QmfAQ/z4ie3uZWQ=="/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="73729"/>
+    <o:shapedefaults v:ext="edit" spidmax="77825"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002463D2"/>
     <w:rsid w:val="00001630"/>
     <w:rsid w:val="00004058"/>
     <w:rsid w:val="0000590A"/>
     <w:rsid w:val="00005BDD"/>
     <w:rsid w:val="00020F03"/>
     <w:rsid w:val="00021FD0"/>
     <w:rsid w:val="00032C8E"/>
     <w:rsid w:val="00037BAB"/>
     <w:rsid w:val="00040367"/>
     <w:rsid w:val="00041119"/>
     <w:rsid w:val="000417C4"/>
     <w:rsid w:val="00042114"/>
     <w:rsid w:val="00045FE7"/>
     <w:rsid w:val="000467DE"/>
     <w:rsid w:val="00056E36"/>
     <w:rsid w:val="000811E9"/>
     <w:rsid w:val="00095087"/>
     <w:rsid w:val="00097C1F"/>
     <w:rsid w:val="000A528B"/>
     <w:rsid w:val="000B308E"/>
     <w:rsid w:val="000C525E"/>
     <w:rsid w:val="000C7BAF"/>
     <w:rsid w:val="000D75E3"/>
     <w:rsid w:val="000F158E"/>
     <w:rsid w:val="000F3D2C"/>
     <w:rsid w:val="000F708F"/>
     <w:rsid w:val="00101BBB"/>
     <w:rsid w:val="00107D54"/>
     <w:rsid w:val="00111245"/>
     <w:rsid w:val="00114DC1"/>
     <w:rsid w:val="0012034D"/>
+    <w:rsid w:val="001221A7"/>
+    <w:rsid w:val="001307CF"/>
     <w:rsid w:val="001320AF"/>
     <w:rsid w:val="00133B1B"/>
     <w:rsid w:val="001447B8"/>
     <w:rsid w:val="00154739"/>
     <w:rsid w:val="00160D8D"/>
     <w:rsid w:val="00166E71"/>
     <w:rsid w:val="00167309"/>
     <w:rsid w:val="001725AC"/>
     <w:rsid w:val="00182385"/>
     <w:rsid w:val="00187C1C"/>
     <w:rsid w:val="00194B1A"/>
     <w:rsid w:val="00195323"/>
     <w:rsid w:val="00197718"/>
     <w:rsid w:val="001A1872"/>
     <w:rsid w:val="001A729B"/>
     <w:rsid w:val="001B0CED"/>
     <w:rsid w:val="001B2C77"/>
     <w:rsid w:val="001B2EF7"/>
     <w:rsid w:val="001B7D93"/>
     <w:rsid w:val="001C76F6"/>
     <w:rsid w:val="001D72EA"/>
     <w:rsid w:val="001D7FBC"/>
     <w:rsid w:val="001E2B70"/>
     <w:rsid w:val="001E7F72"/>
     <w:rsid w:val="001F0595"/>
@@ -11921,50 +11944,51 @@
     <w:rsid w:val="005305C9"/>
     <w:rsid w:val="005314D3"/>
     <w:rsid w:val="0054119A"/>
     <w:rsid w:val="00541C15"/>
     <w:rsid w:val="00564501"/>
     <w:rsid w:val="00566AE6"/>
     <w:rsid w:val="00566D3E"/>
     <w:rsid w:val="00567FD1"/>
     <w:rsid w:val="005711F0"/>
     <w:rsid w:val="0057229B"/>
     <w:rsid w:val="00581B19"/>
     <w:rsid w:val="005978DE"/>
     <w:rsid w:val="005A1A86"/>
     <w:rsid w:val="005A223C"/>
     <w:rsid w:val="005A33B7"/>
     <w:rsid w:val="005A3C7C"/>
     <w:rsid w:val="005A3D47"/>
     <w:rsid w:val="005A55C1"/>
     <w:rsid w:val="005B25FE"/>
     <w:rsid w:val="005B29C2"/>
     <w:rsid w:val="005B4D1D"/>
     <w:rsid w:val="005C0883"/>
     <w:rsid w:val="005E3FB0"/>
     <w:rsid w:val="005F04D9"/>
     <w:rsid w:val="005F671D"/>
+    <w:rsid w:val="006006F4"/>
     <w:rsid w:val="00601E0E"/>
     <w:rsid w:val="006148EC"/>
     <w:rsid w:val="00614C79"/>
     <w:rsid w:val="0062403E"/>
     <w:rsid w:val="0062726B"/>
     <w:rsid w:val="00630B9A"/>
     <w:rsid w:val="00634FA8"/>
     <w:rsid w:val="00640343"/>
     <w:rsid w:val="00640A81"/>
     <w:rsid w:val="00646262"/>
     <w:rsid w:val="0064707A"/>
     <w:rsid w:val="00651190"/>
     <w:rsid w:val="00656167"/>
     <w:rsid w:val="00665312"/>
     <w:rsid w:val="006665E6"/>
     <w:rsid w:val="006A01D7"/>
     <w:rsid w:val="006A2ABB"/>
     <w:rsid w:val="006A5D35"/>
     <w:rsid w:val="006A7DC4"/>
     <w:rsid w:val="006B2209"/>
     <w:rsid w:val="006B2D7E"/>
     <w:rsid w:val="006C03C5"/>
     <w:rsid w:val="006D3713"/>
     <w:rsid w:val="006D4061"/>
     <w:rsid w:val="006D4549"/>
@@ -11990,89 +12014,93 @@
     <w:rsid w:val="00792033"/>
     <w:rsid w:val="007A2261"/>
     <w:rsid w:val="007A74D9"/>
     <w:rsid w:val="007B7F1A"/>
     <w:rsid w:val="007C144E"/>
     <w:rsid w:val="007C4CD4"/>
     <w:rsid w:val="007D5E1B"/>
     <w:rsid w:val="007E59A1"/>
     <w:rsid w:val="007F4F31"/>
     <w:rsid w:val="008112FE"/>
     <w:rsid w:val="00814034"/>
     <w:rsid w:val="008140C7"/>
     <w:rsid w:val="00821246"/>
     <w:rsid w:val="00823E6D"/>
     <w:rsid w:val="00843BF0"/>
     <w:rsid w:val="00844AD0"/>
     <w:rsid w:val="00846A84"/>
     <w:rsid w:val="00846CE0"/>
     <w:rsid w:val="0085040F"/>
     <w:rsid w:val="0085218B"/>
     <w:rsid w:val="00860FFF"/>
     <w:rsid w:val="00861E47"/>
     <w:rsid w:val="0086472A"/>
     <w:rsid w:val="0086583A"/>
     <w:rsid w:val="00867B80"/>
+    <w:rsid w:val="008911AE"/>
     <w:rsid w:val="00897503"/>
+    <w:rsid w:val="008A5965"/>
     <w:rsid w:val="008B6C4F"/>
     <w:rsid w:val="008C7BA5"/>
     <w:rsid w:val="008D30A4"/>
     <w:rsid w:val="008D4CD6"/>
     <w:rsid w:val="008F3F0E"/>
     <w:rsid w:val="008F78AB"/>
     <w:rsid w:val="009027AD"/>
     <w:rsid w:val="009033D2"/>
     <w:rsid w:val="009159C8"/>
     <w:rsid w:val="00917075"/>
     <w:rsid w:val="00921623"/>
     <w:rsid w:val="00925B91"/>
     <w:rsid w:val="00926355"/>
     <w:rsid w:val="00934CA8"/>
     <w:rsid w:val="00936350"/>
     <w:rsid w:val="009408BF"/>
     <w:rsid w:val="00942DBC"/>
     <w:rsid w:val="009437EF"/>
     <w:rsid w:val="00951C07"/>
     <w:rsid w:val="00963A9D"/>
     <w:rsid w:val="009657AE"/>
+    <w:rsid w:val="0096726C"/>
     <w:rsid w:val="00970D3F"/>
     <w:rsid w:val="00972B83"/>
     <w:rsid w:val="00972D07"/>
     <w:rsid w:val="00982A30"/>
     <w:rsid w:val="00985F00"/>
     <w:rsid w:val="00994D38"/>
     <w:rsid w:val="00995AB3"/>
     <w:rsid w:val="009A0B47"/>
     <w:rsid w:val="009A5BE5"/>
     <w:rsid w:val="009B015A"/>
     <w:rsid w:val="009B05F4"/>
     <w:rsid w:val="009B44F2"/>
     <w:rsid w:val="009C201B"/>
     <w:rsid w:val="009C3EEC"/>
     <w:rsid w:val="009C5A5D"/>
     <w:rsid w:val="009D0061"/>
     <w:rsid w:val="009D5ED0"/>
+    <w:rsid w:val="009E2DC7"/>
     <w:rsid w:val="009E6754"/>
     <w:rsid w:val="009E7C1E"/>
     <w:rsid w:val="009F19EB"/>
     <w:rsid w:val="00A0017B"/>
     <w:rsid w:val="00A02549"/>
     <w:rsid w:val="00A05309"/>
     <w:rsid w:val="00A065B2"/>
     <w:rsid w:val="00A06A9E"/>
     <w:rsid w:val="00A168DF"/>
     <w:rsid w:val="00A217C4"/>
     <w:rsid w:val="00A23181"/>
     <w:rsid w:val="00A27686"/>
     <w:rsid w:val="00A301A1"/>
     <w:rsid w:val="00A31A62"/>
     <w:rsid w:val="00A33B0E"/>
     <w:rsid w:val="00A464A9"/>
     <w:rsid w:val="00A6131B"/>
     <w:rsid w:val="00A67FC0"/>
     <w:rsid w:val="00A77526"/>
     <w:rsid w:val="00A80E93"/>
     <w:rsid w:val="00A85BAD"/>
     <w:rsid w:val="00A92204"/>
     <w:rsid w:val="00A97898"/>
     <w:rsid w:val="00AA1191"/>
     <w:rsid w:val="00AA6A2D"/>
@@ -12200,89 +12228,90 @@
     <w:rsid w:val="00E86CB7"/>
     <w:rsid w:val="00E95E81"/>
     <w:rsid w:val="00E960A0"/>
     <w:rsid w:val="00EA006F"/>
     <w:rsid w:val="00EA1AC7"/>
     <w:rsid w:val="00EB4A8D"/>
     <w:rsid w:val="00EB4D35"/>
     <w:rsid w:val="00EC1987"/>
     <w:rsid w:val="00EE0B37"/>
     <w:rsid w:val="00EE1E67"/>
     <w:rsid w:val="00EE346A"/>
     <w:rsid w:val="00EE4595"/>
     <w:rsid w:val="00EE6950"/>
     <w:rsid w:val="00EE7A40"/>
     <w:rsid w:val="00EF1057"/>
     <w:rsid w:val="00EF3C2E"/>
     <w:rsid w:val="00F051B4"/>
     <w:rsid w:val="00F0554A"/>
     <w:rsid w:val="00F05CC2"/>
     <w:rsid w:val="00F07880"/>
     <w:rsid w:val="00F12D6F"/>
     <w:rsid w:val="00F133C9"/>
     <w:rsid w:val="00F13D2A"/>
     <w:rsid w:val="00F15B1E"/>
     <w:rsid w:val="00F16591"/>
+    <w:rsid w:val="00F16B2D"/>
     <w:rsid w:val="00F345B6"/>
     <w:rsid w:val="00F40497"/>
     <w:rsid w:val="00F44D2A"/>
     <w:rsid w:val="00F518DC"/>
     <w:rsid w:val="00F57F4D"/>
     <w:rsid w:val="00F63EB0"/>
     <w:rsid w:val="00F644D0"/>
     <w:rsid w:val="00F667F0"/>
     <w:rsid w:val="00F74933"/>
     <w:rsid w:val="00FA401D"/>
     <w:rsid w:val="00FC3F15"/>
     <w:rsid w:val="00FD6A04"/>
     <w:rsid w:val="00FD7FDC"/>
     <w:rsid w:val="00FE0A36"/>
     <w:rsid w:val="00FE11E5"/>
     <w:rsid w:val="00FE2D5F"/>
     <w:rsid w:val="00FE322A"/>
     <w:rsid w:val="00FF0C57"/>
     <w:rsid w:val="00FF38F8"/>
     <w:rsid w:val="00FF5B6D"/>
     <w:rsid w:val="00FF7BC3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="bg-BG"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="73729"/>
+    <o:shapedefaults v:ext="edit" spidmax="77825"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="3554643E"/>
   <w15:docId w15:val="{D91A280F-6DF2-4FE9-91F1-699981879C57}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
         <w:lang w:val="bg-BG" w:eastAsia="bg-BG" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -13649,51 +13678,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1179730682">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="apis://Base=NARH&amp;DocCode=40006&amp;Type=201/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@elyug.bg" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="apis://Base=NARH&amp;DocCode=40006&amp;Type=201/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@elyug.bg" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.wmf"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -13945,60 +13974,279 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
+</file>
+
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Документ" ma:contentTypeID="0x010100C308D9326F3E6D438D75318341923CFC" ma:contentTypeVersion="7" ma:contentTypeDescription="Създаване на нов документ" ma:contentTypeScope="" ma:versionID="622fb33937f837984ad795a7e10ea3fb">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="0bfa5fa5-a36f-458c-bb42-d1aaff973de5" xmlns:ns3="c0124f6d-dad5-4a34-9141-9e26d6dc4558" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="3152e547ee638e81b6aac2e13af1981d" ns2:_="" ns3:_="">
+    <xsd:import namespace="0bfa5fa5-a36f-458c-bb42-d1aaff973de5"/>
+    <xsd:import namespace="c0124f6d-dad5-4a34-9141-9e26d6dc4558"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:_x0414__x043e__x043f__x044a__x043b__x043d__x0438__x0442__x0435__x043b__x043d__x0430__x0020__x0438__x043d__x0444__x043e__x0440__x043c__x0430__x0446__x0438__x044f_" minOccurs="0"/>
+                <xsd:element ref="ns2:Order0" minOccurs="0"/>
+                <xsd:element ref="ns2:_x0417__x0430__x0433__x043b__x0430__x0432__x0438__x0435_" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns2:_x0414__x0440__x0443__x0436__x0435__x0441__x0442__x0432__x043e_" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="0bfa5fa5-a36f-458c-bb42-d1aaff973de5" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="_x0414__x043e__x043f__x044a__x043b__x043d__x0438__x0442__x0435__x043b__x043d__x0430__x0020__x0438__x043d__x0444__x043e__x0440__x043c__x0430__x0446__x0438__x044f_" ma:index="8" nillable="true" ma:displayName="Допълнителна информация" ma:internalName="_x0414__x043e__x043f__x044a__x043b__x043d__x0438__x0442__x0435__x043b__x043d__x0430__x0020__x0438__x043d__x0444__x043e__x0440__x043c__x0430__x0446__x0438__x044f_">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Order0" ma:index="9" nillable="true" ma:displayName="Order" ma:internalName="Order0">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Number"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="_x0417__x0430__x0433__x043b__x0430__x0432__x0438__x0435_" ma:index="10" nillable="true" ma:displayName="Заглавие" ma:internalName="_x0417__x0430__x0433__x043b__x0430__x0432__x0438__x0435_">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="_x0414__x0440__x0443__x0436__x0435__x0441__x0442__x0432__x043e_" ma:index="12" nillable="true" ma:displayName="Дружество" ma:internalName="_x0414__x0440__x0443__x0436__x0435__x0441__x0442__x0432__x043e_">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="c0124f6d-dad5-4a34-9141-9e26d6dc4558" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="11" nillable="true" ma:displayName="Споделено с" ma:description="" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Тип съдържание"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Заглавие"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_x0414__x0440__x0443__x0436__x0435__x0441__x0442__x0432__x043e_ xmlns="0bfa5fa5-a36f-458c-bb42-d1aaff973de5">EP</_x0414__x0440__x0443__x0436__x0435__x0441__x0442__x0432__x043e_>
+    <_x0417__x0430__x0433__x043b__x0430__x0432__x0438__x0435_ xmlns="0bfa5fa5-a36f-458c-bb42-d1aaff973de5">Декларация-съгласие за присъединяване на обект на клиент към електроразпределителната мрежа по Наредба 6</_x0417__x0430__x0433__x043b__x0430__x0432__x0438__x0435_>
+    <Order0 xmlns="0bfa5fa5-a36f-458c-bb42-d1aaff973de5" xsi:nil="true"/>
+    <_x0414__x043e__x043f__x044a__x043b__x043d__x0438__x0442__x0435__x043b__x043d__x0430__x0020__x0438__x043d__x0444__x043e__x0440__x043c__x0430__x0446__x0438__x044f_ xmlns="0bfa5fa5-a36f-458c-bb42-d1aaff973de5">публикуван в интернет</_x0414__x043e__x043f__x044a__x043b__x043d__x0438__x0442__x0435__x043b__x043d__x0430__x0020__x0438__x043d__x0444__x043e__x0440__x043c__x0430__x0446__x0438__x044f_>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{915B929D-BB54-4F37-B03E-E1FEADF5AAC8}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EC0E5D89-BACB-4290-A3E0-2C1915AAABEB}"/>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8A4DD9B8-97DD-4E54-A571-18DC9428A128}"/>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{07872E2B-9FAC-46C2-B921-C0C0E5187CAD}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
   <Words>1048</Words>
   <Characters>5978</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>49</Lines>
   <Paragraphs>14</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
@@ -14010,25 +14258,33 @@
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>EVN AG</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>7012</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Moneva Siyka</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x010100C308D9326F3E6D438D75318341923CFC</vt:lpwstr>
+  </property>
+</Properties>
+</file>