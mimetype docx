--- v0 (2025-10-08)
+++ v1 (2026-01-15)
@@ -115,51 +115,51 @@
       <w:r w:rsidR="00384098" w:rsidRPr="00FC2B54">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> на обект към електроразпределителната мрежа </w:t>
       </w:r>
       <w:r w:rsidR="00A67E48" w:rsidRPr="00FC2B54">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>на „Електроразпределение Юг“ ЕАД („ЕР Юг“)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69145DBE" w14:textId="77777777" w:rsidR="00384098" w:rsidRPr="00A73F5A" w:rsidRDefault="00384098" w:rsidP="00384098">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7D5C2E65" w14:textId="14A00661" w:rsidR="00384098" w:rsidRPr="00A73F5A" w:rsidRDefault="008A40CC" w:rsidP="00384098">
+    <w:p w14:paraId="7D5C2E65" w14:textId="14A00661" w:rsidR="00384098" w:rsidRPr="00A73F5A" w:rsidRDefault="00E842CD" w:rsidP="00384098">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="FF0000"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="579791676"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
@@ -212,51 +212,51 @@
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> на присъединяване на присъединен обект</w:t>
       </w:r>
       <w:r w:rsidR="00250B69" w:rsidRPr="00A73F5A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00250B69" w:rsidRPr="00A73F5A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>(попълнете част I и част II-A)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="704728B0" w14:textId="3B69DB5E" w:rsidR="00384098" w:rsidRPr="00A73F5A" w:rsidRDefault="008A40CC" w:rsidP="00384098">
+    <w:p w14:paraId="704728B0" w14:textId="3B69DB5E" w:rsidR="00384098" w:rsidRPr="00A73F5A" w:rsidRDefault="00E842CD" w:rsidP="00384098">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="00B050"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="00B050"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="1714078778"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
@@ -322,51 +322,51 @@
           <w:color w:val="00B050"/>
         </w:rPr>
         <w:t xml:space="preserve"> на присъединяване на присъединен обект</w:t>
       </w:r>
       <w:r w:rsidR="00250B69" w:rsidRPr="00A73F5A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="00B050"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_Hlk163037890"/>
       <w:r w:rsidR="00250B69" w:rsidRPr="00A73F5A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="00B050"/>
         </w:rPr>
         <w:t>(попълнете част I и част II-Б)</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w14:paraId="159148C3" w14:textId="72DC19E0" w:rsidR="00384098" w:rsidRPr="00A73F5A" w:rsidRDefault="008A40CC" w:rsidP="00384098">
+    <w:p w14:paraId="159148C3" w14:textId="72DC19E0" w:rsidR="00384098" w:rsidRPr="00A73F5A" w:rsidRDefault="00E842CD" w:rsidP="00384098">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="0070C0"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0070C0"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="1244070509"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
@@ -3058,95 +3058,97 @@
               <w:t>.......................................................</w:t>
             </w:r>
             <w:r w:rsidR="002C2446" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="2"/>
     </w:tbl>
     <w:p w14:paraId="5140492A" w14:textId="40176708" w:rsidR="00230E5B" w:rsidRPr="00A73F5A" w:rsidRDefault="00230E5B" w:rsidP="00384098">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="780BA0FA" w14:textId="695C3BFE" w:rsidR="00CB12C9" w:rsidRPr="00FC2B54" w:rsidRDefault="008A40CC" w:rsidP="00CB12C9">
+    <w:bookmarkStart w:id="4" w:name="_Hlk205452926"/>
+    <w:p w14:paraId="780BA0FA" w14:textId="695C3BFE" w:rsidR="00CB12C9" w:rsidRPr="00FC2B54" w:rsidRDefault="00E842CD" w:rsidP="00CB12C9">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="-1250876876"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00CB12C9" w:rsidRPr="00A73F5A">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00CB12C9" w:rsidRPr="00A73F5A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:bookmarkEnd w:id="4"/>
       <w:r w:rsidR="00CB12C9" w:rsidRPr="00FC2B54">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">собственик или титуляр на право </w:t>
       </w:r>
       <w:r w:rsidR="004136C6">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>н</w:t>
       </w:r>
       <w:r w:rsidR="00CB12C9" w:rsidRPr="00FC2B54">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>а строеж за имота, в който ще се изгради обектът</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="712BA209" w14:textId="77777777" w:rsidR="00CB12C9" w:rsidRPr="00FC2B54" w:rsidRDefault="00CB12C9" w:rsidP="00CB12C9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
@@ -3201,95 +3203,97 @@
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>при преустройство на обект по реда на Закона за устройство на територията (ЗУТ);</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D57A02E" w14:textId="77777777" w:rsidR="00CB12C9" w:rsidRPr="00FC2B54" w:rsidRDefault="00CB12C9" w:rsidP="00CB12C9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC2B54">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>за временно електроснабдяване на строителни обекти (когато основният обект не се присъединява към електроразпределителната мрежа);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45A8BA49" w14:textId="77777777" w:rsidR="00CB12C9" w:rsidRPr="00FC2B54" w:rsidRDefault="008A40CC" w:rsidP="00CB12C9">
+    <w:bookmarkStart w:id="5" w:name="_Hlk205452948"/>
+    <w:p w14:paraId="45A8BA49" w14:textId="77777777" w:rsidR="00CB12C9" w:rsidRPr="00FC2B54" w:rsidRDefault="00E842CD" w:rsidP="00CB12C9">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="1565683671"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00CB12C9" w:rsidRPr="00FC2B54">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00CB12C9" w:rsidRPr="00FC2B54">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:bookmarkEnd w:id="5"/>
       <w:r w:rsidR="00CB12C9" w:rsidRPr="00FC2B54">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>собственик, ползвател или наемател на присъединявания обект</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="74FF577C" w14:textId="77777777" w:rsidR="00CB12C9" w:rsidRPr="00FC2B54" w:rsidRDefault="00CB12C9" w:rsidP="00CB12C9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC2B54">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>при увеличаване на присъединената мощност на присъединен обект;</w:t>
       </w:r>
@@ -3452,51 +3456,51 @@
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC2B54">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>за започване отдаването на електрическа енергия в мрежата от несамостоятелно съоръжение или инсталация за производство на електрическа енергия само за собствено потребление, изградено или поставено в</w:t>
       </w:r>
       <w:r w:rsidR="00F971F3" w:rsidRPr="00FC2B54">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00FC2B54">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>присъединен към електрическата мрежа обект за потребление.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66C15919" w14:textId="77777777" w:rsidR="00CB12C9" w:rsidRPr="00FC2B54" w:rsidRDefault="008A40CC" w:rsidP="00CB12C9">
+    <w:p w14:paraId="66C15919" w14:textId="77777777" w:rsidR="00CB12C9" w:rsidRPr="00FC2B54" w:rsidRDefault="00E842CD" w:rsidP="00CB12C9">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="-952086705"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
@@ -3545,51 +3549,51 @@
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>за временно електроснабдяване на преместваеми обекти по смисъла на ЗУТ;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C539100" w14:textId="5F859E23" w:rsidR="00CB12C9" w:rsidRPr="00FC2B54" w:rsidRDefault="00CB12C9" w:rsidP="00CB12C9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC2B54">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>за електроснабдяване на зарядна точка като самостоятелен обект.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6CEE7561" w14:textId="77777777" w:rsidR="00CB12C9" w:rsidRPr="00FC2B54" w:rsidRDefault="008A40CC" w:rsidP="00CB12C9">
+    <w:p w14:paraId="6CEE7561" w14:textId="77777777" w:rsidR="00CB12C9" w:rsidRPr="00FC2B54" w:rsidRDefault="00E842CD" w:rsidP="00CB12C9">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="-1876695934"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
@@ -4333,51 +4337,51 @@
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9833"/>
       </w:tblGrid>
       <w:tr w:rsidR="001E1AAD" w:rsidRPr="00A73F5A" w14:paraId="1DC3F647" w14:textId="77777777" w:rsidTr="00FC2B54">
         <w:trPr>
           <w:trHeight w:val="7187"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9833" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="29C723F9" w14:textId="7EDAA8ED" w:rsidR="0003181D" w:rsidRPr="00A73F5A" w:rsidRDefault="0003181D" w:rsidP="001E1AAD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="4" w:name="_Hlk163044928"/>
+            <w:bookmarkStart w:id="6" w:name="_Hlk163044928"/>
             <w:r w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1. Обща информация</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6EA4B451" w14:textId="53FD9B3C" w:rsidR="001E1AAD" w:rsidRPr="00A73F5A" w:rsidRDefault="0028361F" w:rsidP="001E1AAD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
@@ -4432,56 +4436,55 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00EE2F81" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00EE2F81" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>………</w:t>
             </w:r>
             <w:r w:rsidR="00EE2F81">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>…</w:t>
             </w:r>
-            <w:r w:rsidR="00EE2F81">
+            <w:r w:rsidR="00EE2F81" w:rsidRPr="0095066B">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>…………………………………………………………………</w:t>
             </w:r>
             <w:r w:rsidR="00EE2F81" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="00EE2F81" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="3FA68289" w14:textId="7D475B4D" w:rsidR="001E1AAD" w:rsidRPr="00A73F5A" w:rsidRDefault="001E1AAD" w:rsidP="001E1AAD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
@@ -5002,55 +5005,54 @@
               <w:t>…</w:t>
             </w:r>
             <w:r w:rsidR="00F14155" w:rsidRPr="00F14155">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>……………</w:t>
             </w:r>
             <w:r w:rsidR="00F14155" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="00F14155" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidR="00F14155">
-[...3 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidR="00F14155" w:rsidRPr="0095066B">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">; </w:t>
             </w:r>
             <w:r w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
             <w:r w:rsidR="002D6180" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00F14155" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -5685,147 +5687,147 @@
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>. И</w:t>
             </w:r>
             <w:r w:rsidR="000204CA" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>зграждане на нов обект</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0A44C9D2" w14:textId="7331E76B" w:rsidR="003F5F56" w:rsidRPr="00A73F5A" w:rsidRDefault="008A40CC" w:rsidP="003F5F56">
+          <w:p w14:paraId="0A44C9D2" w14:textId="7331E76B" w:rsidR="003F5F56" w:rsidRPr="00A73F5A" w:rsidRDefault="00E842CD" w:rsidP="003F5F56">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1204708834"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009975F6">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="003F5F56" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> нов обект</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7462E80F" w14:textId="02A36957" w:rsidR="003F5F56" w:rsidRPr="00A73F5A" w:rsidRDefault="008A40CC" w:rsidP="003F5F56">
+          <w:p w14:paraId="7462E80F" w14:textId="02A36957" w:rsidR="003F5F56" w:rsidRPr="00A73F5A" w:rsidRDefault="00E842CD" w:rsidP="003F5F56">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-290600439"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="003F5F56" w:rsidRPr="00A73F5A">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="003F5F56" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> нов обект с несамостоятелно съоръжение или инсталация за производство, което ще отдава електрическа енергия в мрежата;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="29C5406E" w14:textId="43CD236E" w:rsidR="00AA082B" w:rsidRPr="00A73F5A" w:rsidRDefault="008A40CC" w:rsidP="003F5F56">
+          <w:p w14:paraId="29C5406E" w14:textId="43CD236E" w:rsidR="00AA082B" w:rsidRPr="00A73F5A" w:rsidRDefault="00E842CD" w:rsidP="003F5F56">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="166451290"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="003F5F56" w:rsidRPr="00A73F5A">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:sz w:val="24"/>
@@ -5835,51 +5837,51 @@
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00E4429A" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="003F5F56" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>нов обект с несамостоятелно съоръжение или инсталация за съхранение, което ще отдава електрическа енергия в мрежата;</w:t>
             </w:r>
             <w:r w:rsidR="00AA082B" w:rsidRPr="00A73F5A">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="45A43FBD" w14:textId="1D06DA7F" w:rsidR="003F5F56" w:rsidRPr="00A73F5A" w:rsidRDefault="008A40CC" w:rsidP="003F5F56">
+          <w:p w14:paraId="45A43FBD" w14:textId="1D06DA7F" w:rsidR="003F5F56" w:rsidRPr="00A73F5A" w:rsidRDefault="00E842CD" w:rsidP="003F5F56">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:eastAsia="MS Gothic" w:cs="Segoe UI Symbol"/>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-315652458"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -5919,51 +5921,51 @@
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="000204CA" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">за </w:t>
             </w:r>
             <w:r w:rsidR="00AA082B" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>съхранение, което ще отдава електрическа енергия в мрежата;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="26356C11" w14:textId="04547590" w:rsidR="00F10E9F" w:rsidRPr="00A73F5A" w:rsidRDefault="008A40CC" w:rsidP="003F5F56">
+          <w:p w14:paraId="26356C11" w14:textId="04547590" w:rsidR="00F10E9F" w:rsidRPr="00A73F5A" w:rsidRDefault="00E842CD" w:rsidP="003F5F56">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-122925928"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -6004,51 +6006,51 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:tab/>
               <w:t xml:space="preserve">на нов обект със самостоятелно измерване </w:t>
             </w:r>
             <w:r w:rsidR="005418B7" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">на електрическата енергия </w:t>
             </w:r>
             <w:r w:rsidR="00F10E9F" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>чрез отделяне от присъединен обект;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2FE97C7F" w14:textId="700C1A04" w:rsidR="00F10E9F" w:rsidRPr="00A73F5A" w:rsidRDefault="008A40CC" w:rsidP="00F10E9F">
+          <w:p w14:paraId="2FE97C7F" w14:textId="700C1A04" w:rsidR="00F10E9F" w:rsidRPr="00A73F5A" w:rsidRDefault="00E842CD" w:rsidP="00F10E9F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1753506486"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -6090,147 +6092,147 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00680652" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(само в незастроен имот)</w:t>
             </w:r>
             <w:r w:rsidR="00F10E9F" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2B59ED61" w14:textId="4230E315" w:rsidR="00F10E9F" w:rsidRPr="00A73F5A" w:rsidRDefault="008A40CC" w:rsidP="00F10E9F">
+          <w:p w14:paraId="2B59ED61" w14:textId="4230E315" w:rsidR="00F10E9F" w:rsidRPr="00A73F5A" w:rsidRDefault="00E842CD" w:rsidP="00F10E9F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1361395308"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="000F4539" w:rsidRPr="00A73F5A">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00F10E9F" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>за електроснабдяване на съществуващ обект, който не е присъединен;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="13EBAD06" w14:textId="55986094" w:rsidR="00F10E9F" w:rsidRPr="00A73F5A" w:rsidRDefault="008A40CC" w:rsidP="00F10E9F">
+          <w:p w14:paraId="13EBAD06" w14:textId="55986094" w:rsidR="00F10E9F" w:rsidRPr="00A73F5A" w:rsidRDefault="00E842CD" w:rsidP="00F10E9F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-743947897"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00F10E9F" w:rsidRPr="00A73F5A">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00F10E9F" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>за присъединяване на обект с преустановено присъединяване;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="484E7115" w14:textId="7D192483" w:rsidR="00F10E9F" w:rsidRPr="00A73F5A" w:rsidRDefault="008A40CC" w:rsidP="00F10E9F">
+          <w:p w14:paraId="484E7115" w14:textId="7D192483" w:rsidR="00F10E9F" w:rsidRPr="00A73F5A" w:rsidRDefault="00E842CD" w:rsidP="00F10E9F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1301963328"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -6343,51 +6345,51 @@
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>В-1.4</w:t>
             </w:r>
             <w:r w:rsidR="00F10E9F" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r w:rsidR="00F10E9F" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="29780AA6" w14:textId="4F9F2E0E" w:rsidR="00680652" w:rsidRPr="00A73F5A" w:rsidRDefault="008A40CC" w:rsidP="00680652">
+          <w:p w14:paraId="29780AA6" w14:textId="4F9F2E0E" w:rsidR="00680652" w:rsidRPr="00A73F5A" w:rsidRDefault="00E842CD" w:rsidP="00680652">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-443691490"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -6398,51 +6400,51 @@
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00680652" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00680652" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>за временно електроснабдяване на преместваеми обекти по смисъла на ЗУТ;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7D3D5060" w14:textId="21EEBBA0" w:rsidR="00680652" w:rsidRPr="00A73F5A" w:rsidRDefault="008A40CC" w:rsidP="00680652">
+          <w:p w14:paraId="7D3D5060" w14:textId="21EEBBA0" w:rsidR="00680652" w:rsidRPr="00A73F5A" w:rsidRDefault="00E842CD" w:rsidP="00680652">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="431638306"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -6749,52 +6751,63 @@
             <w:r w:rsidR="00FB3A49" w:rsidRPr="00FC2B54">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>с</w:t>
             </w:r>
             <w:r w:rsidR="00F125AD" w:rsidRPr="00FC2B54">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> предоставена </w:t>
             </w:r>
             <w:r w:rsidRPr="00FC2B54">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>мощност над 50 kW</w:t>
-            </w:r>
+              <w:t xml:space="preserve">мощност над 50 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FC2B54">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>kW</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00115C50" w:rsidRPr="00FC2B54">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> в границите между 110% и 130% от новата предоставена мощност</w:t>
             </w:r>
             <w:r w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>).</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6A2D0DC1" w14:textId="77777777" w:rsidR="00115C50" w:rsidRDefault="00115C50" w:rsidP="009E41D7">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -7710,51 +7723,51 @@
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>условията</w:t>
             </w:r>
             <w:r w:rsidR="00E4429A" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve"> на присъединяване на присъединен обект</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="041E724D" w14:textId="08C97FFA" w:rsidR="00E4429A" w:rsidRPr="00A73F5A" w:rsidRDefault="008A40CC" w:rsidP="00E4429A">
+          <w:p w14:paraId="041E724D" w14:textId="08C97FFA" w:rsidR="00E4429A" w:rsidRPr="00A73F5A" w:rsidRDefault="00E842CD" w:rsidP="00E4429A">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1523521838"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00E4429A" w:rsidRPr="00A73F5A">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:sz w:val="24"/>
@@ -7764,51 +7777,51 @@
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00E4429A" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00E4429A" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>преустройство на обект по реда на ЗУТ;</w:t>
             </w:r>
             <w:r w:rsidR="00E4429A" w:rsidRPr="00A73F5A">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="38A71E44" w14:textId="018DA07B" w:rsidR="00C55FBD" w:rsidRPr="00A73F5A" w:rsidRDefault="008A40CC" w:rsidP="00C55FBD">
+          <w:p w14:paraId="38A71E44" w14:textId="018DA07B" w:rsidR="00C55FBD" w:rsidRPr="00A73F5A" w:rsidRDefault="00E842CD" w:rsidP="00C55FBD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:eastAsia="MS Gothic" w:cs="Segoe UI Symbol"/>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1462920760"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -7821,51 +7834,51 @@
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00E4429A" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00C55FBD" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>увеличаване на присъединената мощност на присъединен обект;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4ED25008" w14:textId="5394E846" w:rsidR="00E4429A" w:rsidRPr="00A73F5A" w:rsidRDefault="008A40CC" w:rsidP="00E4429A">
+          <w:p w14:paraId="4ED25008" w14:textId="5394E846" w:rsidR="00E4429A" w:rsidRPr="00A73F5A" w:rsidRDefault="00E842CD" w:rsidP="00E4429A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-691380832"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -7887,99 +7900,99 @@
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00C55FBD" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>промяна броя на фазите</w:t>
             </w:r>
             <w:r w:rsidR="0003181D" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="49E1CE4E" w14:textId="595FB88A" w:rsidR="0003181D" w:rsidRPr="00A73F5A" w:rsidRDefault="008A40CC" w:rsidP="0003181D">
+          <w:p w14:paraId="49E1CE4E" w14:textId="595FB88A" w:rsidR="0003181D" w:rsidRPr="00A73F5A" w:rsidRDefault="00E842CD" w:rsidP="0003181D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-657223110"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0003181D" w:rsidRPr="00A73F5A">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="0003181D" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> изграждане на нови съоръжения за присъединяване, свързано с повишаване на категорията по осигуреност на електроснабдяването на обекта;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="129695C2" w14:textId="52B8D9B7" w:rsidR="0003181D" w:rsidRPr="00A73F5A" w:rsidRDefault="008A40CC" w:rsidP="0003181D">
+          <w:p w14:paraId="129695C2" w14:textId="52B8D9B7" w:rsidR="0003181D" w:rsidRPr="00A73F5A" w:rsidRDefault="00E842CD" w:rsidP="0003181D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1529784190"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -8089,97 +8102,97 @@
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">редоставена мощност: </w:t>
             </w:r>
             <w:r w:rsidR="0034640E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text19"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:default w:val="          "/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="5" w:name="Text19"/>
+            <w:bookmarkStart w:id="7" w:name="Text19"/>
             <w:r w:rsidR="0034640E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="0034640E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="0034640E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="0034640E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">          </w:t>
             </w:r>
             <w:r w:rsidR="0034640E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="5"/>
+            <w:bookmarkEnd w:id="7"/>
             <w:r w:rsidR="0034640E" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="0034640E" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>kW</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00FF5E56">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
@@ -8198,95 +8211,97 @@
             </w:r>
             <w:r w:rsidR="00FF5E56" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">захранване (брой фази):  </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1347855864"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="003E2EE0" w:rsidRPr="00A73F5A">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="003E2EE0" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="00FF5E56" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">монофазно, </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1567140623"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="003E2EE0" w:rsidRPr="00A73F5A">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="003E2EE0" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="00FF5E56" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
@@ -8471,95 +8486,97 @@
             </w:r>
             <w:r w:rsidR="00FF5E56" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">захранване (брой фази):  </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1913187090"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="003E2EE0" w:rsidRPr="00A73F5A">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="003E2EE0" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="00FF5E56" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">монофазно, </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1251167982"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="003E2EE0" w:rsidRPr="00A73F5A">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="003E2EE0" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="00FF5E56" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
@@ -8703,51 +8720,69 @@
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="009A312A" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>……..…</w:t>
             </w:r>
             <w:r w:rsidR="009A312A" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="009A312A" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">, kW, срок </w:t>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="009A312A" w:rsidRPr="00A73F5A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>kW</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="009A312A" w:rsidRPr="00A73F5A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, срок </w:t>
             </w:r>
             <w:r w:rsidR="009A312A" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text46"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:default w:val="…………………….."/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="009A312A" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
@@ -8898,51 +8933,69 @@
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="009A312A" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>……..…</w:t>
             </w:r>
             <w:r w:rsidR="009A312A" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="009A312A" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">, kW, срок </w:t>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="009A312A" w:rsidRPr="00A73F5A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>kW</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="009A312A" w:rsidRPr="00A73F5A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, срок </w:t>
             </w:r>
             <w:r w:rsidR="009A312A" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text47"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:default w:val="…………………….."/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="009A312A" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
@@ -9053,62 +9106,61 @@
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>. Други условия</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3AEE8F7A" w14:textId="77777777" w:rsidR="00555E46" w:rsidRDefault="00555E46" w:rsidP="001E1AAD">
+          <w:p w14:paraId="3AEE8F7A" w14:textId="77777777" w:rsidR="00555E46" w:rsidRPr="0095066B" w:rsidRDefault="00555E46" w:rsidP="001E1AAD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text17"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:default w:val="……….."/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
@@ -9581,58 +9633,74 @@
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="000F4539" w:rsidRPr="00A73F5A">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="000247D9" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> н</w:t>
-[...6 lines deleted...]
-              <w:t>е мога да преценя</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="000247D9" w:rsidRPr="00A73F5A">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>н</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A73F5A">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>е</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A73F5A">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мога да преценя</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5347D8E0" w14:textId="77777777" w:rsidR="00B34996" w:rsidRPr="00A73F5A" w:rsidRDefault="00B34996" w:rsidP="00B34996">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="00F9A724" w14:textId="24ED6731" w:rsidR="000247D9" w:rsidRPr="00A73F5A" w:rsidRDefault="000247D9" w:rsidP="00B34996">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:i/>
@@ -10547,51 +10615,51 @@
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>2.3</w:t>
             </w:r>
             <w:r w:rsidR="008B4120" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>. Временно електроснабдяване за нуждите на строителството на обекта:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="358B9146" w14:textId="5A0DE8F4" w:rsidR="00BF019E" w:rsidRPr="00A73F5A" w:rsidRDefault="008A40CC" w:rsidP="008B4120">
+          <w:p w14:paraId="358B9146" w14:textId="5A0DE8F4" w:rsidR="00BF019E" w:rsidRPr="00A73F5A" w:rsidRDefault="00E842CD" w:rsidP="008B4120">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1018350001"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -10865,51 +10933,71 @@
             <w:r w:rsidR="008B4120" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>_________</w:t>
             </w:r>
             <w:r w:rsidR="008B4120" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="008B4120" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> kW,</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="008B4120" w:rsidRPr="00A73F5A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>kW</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="008B4120" w:rsidRPr="00A73F5A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>,</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="28971F5E" w14:textId="554D2658" w:rsidR="008B4120" w:rsidRPr="00A73F5A" w:rsidRDefault="008B4120" w:rsidP="008B4120">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">захранване </w:t>
             </w:r>
             <w:r w:rsidR="00416CCE" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
@@ -10938,127 +11026,129 @@
             </w:r>
             <w:r w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">:  </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-182214864"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="003E2EE0" w:rsidRPr="00A73F5A">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="003E2EE0" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">монофазно,    </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1666625808"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="003E2EE0" w:rsidRPr="00A73F5A">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="003E2EE0" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>трифазно;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="71607DB8" w14:textId="15BFBCE8" w:rsidR="00416CCE" w:rsidRPr="00A73F5A" w:rsidRDefault="008A40CC" w:rsidP="00732124">
+          <w:p w14:paraId="71607DB8" w14:textId="15BFBCE8" w:rsidR="00416CCE" w:rsidRPr="00A73F5A" w:rsidRDefault="00E842CD" w:rsidP="00732124">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-328144159"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -11086,51 +11176,51 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00555E46" w:rsidRPr="00A73F5A" w14:paraId="4656FD1A" w14:textId="77777777" w:rsidTr="00FC2B54">
         <w:trPr>
           <w:trHeight w:val="7187"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9833" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="796F853A" w14:textId="77777777" w:rsidR="00555E46" w:rsidRPr="00A73F5A" w:rsidRDefault="00555E46" w:rsidP="001E1AAD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="4"/>
+      <w:bookmarkEnd w:id="6"/>
     </w:tbl>
     <w:p w14:paraId="1B4E032E" w14:textId="77777777" w:rsidR="00A73F5A" w:rsidRPr="00A73F5A" w:rsidRDefault="00A73F5A" w:rsidP="000247D9">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:color w:val="00B050"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="06E8C01E" w14:textId="77777777" w:rsidR="00FF5E56" w:rsidRDefault="00FF5E56">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:color w:val="00B050"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
@@ -12170,62 +12260,61 @@
             </w:r>
             <w:r w:rsidRPr="00F14155">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>……………</w:t>
             </w:r>
             <w:r w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="23FBBF0F" w14:textId="77777777" w:rsidR="003D18DF" w:rsidRDefault="003D18DF" w:rsidP="008E161B">
+          <w:p w14:paraId="23FBBF0F" w14:textId="77777777" w:rsidR="003D18DF" w:rsidRPr="0095066B" w:rsidRDefault="003D18DF" w:rsidP="008E161B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="27811A88" w14:textId="3E3C2246" w:rsidR="008E161B" w:rsidRPr="00A73F5A" w:rsidRDefault="008E161B" w:rsidP="008E161B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
@@ -12661,244 +12750,248 @@
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>. Изграждане на нов обект</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="52F4A96F" w14:textId="145FA1E2" w:rsidR="00FB1BE1" w:rsidRPr="00A73F5A" w:rsidRDefault="00445762" w:rsidP="00561F24">
+          <w:p w14:paraId="52F4A96F" w14:textId="145FA1E2" w:rsidR="00FB1BE1" w:rsidRPr="00A73F5A" w:rsidRDefault="00E842CD" w:rsidP="00561F24">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1973054364"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="00A73F5A">
+                <w:r w:rsidR="00445762" w:rsidRPr="00A73F5A">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00FB1BE1" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> нов обект</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2FA73314" w14:textId="32C7F991" w:rsidR="00FB1BE1" w:rsidRPr="00A73F5A" w:rsidRDefault="00445762" w:rsidP="00561F24">
+          <w:p w14:paraId="2FA73314" w14:textId="32C7F991" w:rsidR="00FB1BE1" w:rsidRPr="00A73F5A" w:rsidRDefault="00E842CD" w:rsidP="00561F24">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="751397608"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="00A73F5A">
+                <w:r w:rsidR="00445762" w:rsidRPr="00A73F5A">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="00A73F5A">
+            <w:r w:rsidR="00445762" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00FB1BE1" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>нов обект с несамостоятелно съоръжение за съхранение;</w:t>
             </w:r>
             <w:r w:rsidR="00FB1BE1" w:rsidRPr="00A73F5A">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="64FEE46D" w14:textId="5DC863D0" w:rsidR="00C4649B" w:rsidRPr="00A73F5A" w:rsidRDefault="00445762" w:rsidP="00561F24">
+          <w:p w14:paraId="64FEE46D" w14:textId="5DC863D0" w:rsidR="00C4649B" w:rsidRPr="00A73F5A" w:rsidRDefault="00E842CD" w:rsidP="00561F24">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1069038456"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="00A73F5A">
+                <w:r w:rsidR="00445762" w:rsidRPr="00A73F5A">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="00A73F5A">
+            <w:r w:rsidR="00445762" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00C4649B" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>обособяване на нов обект със самостоятелно измерване на електрическата енергия чрез отделяне от присъединен обект;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7CFC5634" w14:textId="132916FF" w:rsidR="00102B91" w:rsidRPr="00A73F5A" w:rsidRDefault="00445762" w:rsidP="00561F24">
+          <w:p w14:paraId="7CFC5634" w14:textId="132916FF" w:rsidR="00102B91" w:rsidRPr="00A73F5A" w:rsidRDefault="00E842CD" w:rsidP="00561F24">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-305167051"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="00A73F5A">
+                <w:r w:rsidR="00445762" w:rsidRPr="00A73F5A">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="00A73F5A">
+            <w:r w:rsidR="00445762" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00102B91" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>несамостоятелно съоръжение или инсталация за производство към/в присъединен обект за потребление</w:t>
             </w:r>
             <w:r w:rsidR="00C4649B" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
@@ -13003,80 +13096,81 @@
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>присъединен</w:t>
             </w:r>
             <w:r w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve"> обект</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="64465ACD" w14:textId="5DDB02E9" w:rsidR="008E6217" w:rsidRPr="00A73F5A" w:rsidRDefault="00445762" w:rsidP="00371EC3">
+          <w:p w14:paraId="64465ACD" w14:textId="5DDB02E9" w:rsidR="008E6217" w:rsidRPr="00A73F5A" w:rsidRDefault="00E842CD" w:rsidP="00371EC3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="bg-BG"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1314333934"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="00A73F5A">
+                <w:r w:rsidR="00445762" w:rsidRPr="00A73F5A">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00371EC3" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="bg-BG"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="008E6217" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000"/>
@@ -13112,80 +13206,81 @@
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00371EC3" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="bg-BG"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="008E6217" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="bg-BG"/>
               </w:rPr>
               <w:t>с промяна на инсталираната мощност;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7A166175" w14:textId="079B7AE7" w:rsidR="008E6217" w:rsidRPr="00A73F5A" w:rsidRDefault="00445762" w:rsidP="00371EC3">
+          <w:p w14:paraId="7A166175" w14:textId="079B7AE7" w:rsidR="008E6217" w:rsidRPr="00A73F5A" w:rsidRDefault="00E842CD" w:rsidP="00371EC3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="bg-BG"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="449359383"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="00A73F5A">
+                <w:r w:rsidR="00445762" w:rsidRPr="00A73F5A">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00371EC3" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="bg-BG"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="008E6217" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000"/>
@@ -13219,302 +13314,306 @@
               <w:t>инсталираната мощност</w:t>
             </w:r>
             <w:r w:rsidR="00E41602" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="bg-BG"/>
               </w:rPr>
               <w:t xml:space="preserve"> до 50 % (включително)</w:t>
             </w:r>
             <w:r w:rsidR="008E6217" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="bg-BG"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5DDC9B39" w14:textId="14069BED" w:rsidR="00E41602" w:rsidRPr="00A73F5A" w:rsidRDefault="00445762" w:rsidP="00E41602">
+          <w:p w14:paraId="5DDC9B39" w14:textId="14069BED" w:rsidR="00E41602" w:rsidRPr="00A73F5A" w:rsidRDefault="00E842CD" w:rsidP="00E41602">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="bg-BG"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="951139881"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="00A73F5A">
+                <w:r w:rsidR="00445762" w:rsidRPr="00A73F5A">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="00A73F5A">
+            <w:r w:rsidR="00445762" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="bg-BG"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00E41602" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="bg-BG"/>
               </w:rPr>
               <w:t>модернизация с увеличение на инсталираната мощност над 50 %;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="47A5B06D" w14:textId="42226731" w:rsidR="008E6217" w:rsidRPr="00A73F5A" w:rsidRDefault="00445762" w:rsidP="008E6217">
+          <w:p w14:paraId="47A5B06D" w14:textId="42226731" w:rsidR="008E6217" w:rsidRPr="00A73F5A" w:rsidRDefault="00E842CD" w:rsidP="008E6217">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="bg-BG"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-980380883"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="00A73F5A">
+                <w:r w:rsidR="00445762" w:rsidRPr="00A73F5A">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00E41602" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="bg-BG"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="008E6217" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="bg-BG"/>
               </w:rPr>
               <w:t>при промяна на вида и технологията на производствените мощности;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4A722536" w14:textId="0D15BD8B" w:rsidR="00C4649B" w:rsidRPr="00A73F5A" w:rsidRDefault="00445762" w:rsidP="00C4649B">
+          <w:p w14:paraId="4A722536" w14:textId="0D15BD8B" w:rsidR="00C4649B" w:rsidRPr="00A73F5A" w:rsidRDefault="00E842CD" w:rsidP="00C4649B">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="bg-BG"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1744626693"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="00A73F5A">
+                <w:r w:rsidR="00445762" w:rsidRPr="00A73F5A">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="00A73F5A">
+            <w:r w:rsidR="00445762" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="bg-BG"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00C4649B" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="bg-BG"/>
               </w:rPr>
               <w:t xml:space="preserve">увеличаване на общата инсталирана мощност на изградено или поставено несамостоятелно съоръжение или инсталация </w:t>
             </w:r>
             <w:r w:rsidR="002D54DB" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="bg-BG"/>
               </w:rPr>
               <w:t xml:space="preserve">за производство </w:t>
             </w:r>
             <w:r w:rsidR="00C4649B" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="bg-BG"/>
               </w:rPr>
               <w:t>към/в присъединен обект за потребление;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="180A632C" w14:textId="3E3C0411" w:rsidR="00C4649B" w:rsidRPr="00A73F5A" w:rsidRDefault="00445762" w:rsidP="00C4649B">
+          <w:p w14:paraId="180A632C" w14:textId="3E3C0411" w:rsidR="00C4649B" w:rsidRPr="00A73F5A" w:rsidRDefault="00E842CD" w:rsidP="00C4649B">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="bg-BG"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1856650592"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="00A73F5A">
+                <w:r w:rsidR="00445762" w:rsidRPr="00A73F5A">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="00A73F5A">
+            <w:r w:rsidR="00445762" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="bg-BG"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00C4649B" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="bg-BG"/>
               </w:rPr>
               <w:t>започване отдаването на електрическа енергия в мрежата от несамостоятелно съоръжение или инсталация за производство само за собствено потребление, изградено или поставено към/в присъединен обект за потребление</w:t>
             </w:r>
             <w:r w:rsidR="0033533E" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000"/>
@@ -13646,50 +13745,51 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">            </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1067874438"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00445762" w:rsidRPr="00A73F5A">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00445762" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Да </w:t>
@@ -13768,50 +13868,51 @@
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:tab/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1627225567"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00445762" w:rsidRPr="00A73F5A">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Не  </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1D0AA897" w14:textId="77777777" w:rsidR="008B4120" w:rsidRPr="00A73F5A" w:rsidRDefault="008B4120" w:rsidP="008B4120">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
@@ -13837,50 +13938,51 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">            </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-162552763"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00445762" w:rsidRPr="00A73F5A">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Да </w:t>
             </w:r>
             <w:r w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:tab/>
@@ -13952,50 +14054,51 @@
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:tab/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1263333328"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00445762" w:rsidRPr="00A73F5A">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00445762" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Не  </w:t>
@@ -14028,50 +14131,51 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">            </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1126465719"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00445762" w:rsidRPr="00A73F5A">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Да </w:t>
             </w:r>
             <w:r w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:tab/>
@@ -14105,88 +14209,88 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00380595" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00380595" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>……………..</w:t>
             </w:r>
             <w:r w:rsidR="00380595" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidR="00380595">
-[...3 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidR="00380595" w:rsidRPr="0095066B">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:tab/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="2132431814"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00445762" w:rsidRPr="00A73F5A">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Не  </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="71C479B9" w14:textId="000AEFCE" w:rsidR="008B4120" w:rsidRPr="00A73F5A" w:rsidRDefault="008B4120" w:rsidP="008B4120">
             <w:pPr>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
@@ -14208,266 +14312,272 @@
               <w:t xml:space="preserve">1.3.2. </w:t>
             </w:r>
             <w:r w:rsidR="005A48A0" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>В</w:t>
             </w:r>
             <w:r w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>ид на първичния енергоизточник на обекта</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="197E959C" w14:textId="29DE5512" w:rsidR="008B4120" w:rsidRPr="00A73F5A" w:rsidRDefault="00445762" w:rsidP="008B4120">
+          <w:p w14:paraId="197E959C" w14:textId="29DE5512" w:rsidR="008B4120" w:rsidRPr="00A73F5A" w:rsidRDefault="00E842CD" w:rsidP="008B4120">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1374192114"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="00A73F5A">
+                <w:r w:rsidR="00445762" w:rsidRPr="00A73F5A">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="00A73F5A">
+            <w:r w:rsidR="00445762" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="008B4120" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">вода;         </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-59868916"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="00A73F5A">
+                <w:r w:rsidR="00445762" w:rsidRPr="00A73F5A">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="008B4120" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> слънце;         </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="537778824"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="00A73F5A">
+                <w:r w:rsidR="00445762" w:rsidRPr="00A73F5A">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="008B4120" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> вятър;            </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="262190664"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="00A73F5A">
+                <w:r w:rsidR="00445762" w:rsidRPr="00A73F5A">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="008B4120" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> биомаса/биогаз; </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="283E4EA0" w14:textId="5307E8CA" w:rsidR="008B4120" w:rsidRPr="00A73F5A" w:rsidRDefault="00445762" w:rsidP="008B4120">
+          <w:p w14:paraId="283E4EA0" w14:textId="5307E8CA" w:rsidR="008B4120" w:rsidRPr="00A73F5A" w:rsidRDefault="00E842CD" w:rsidP="008B4120">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1441031453"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="00A73F5A">
+                <w:r w:rsidR="00445762" w:rsidRPr="00A73F5A">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="00A73F5A">
+            <w:r w:rsidR="00445762" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="008B4120" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">електрохимически източник;       </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1686716784"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="00A73F5A">
+                <w:r w:rsidR="00445762" w:rsidRPr="00A73F5A">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="008B4120" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> друго </w:t>
             </w:r>
             <w:r w:rsidR="008B4120" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text40"/>
@@ -14533,134 +14643,136 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>1.3.3. Р</w:t>
             </w:r>
             <w:r w:rsidR="008B4120" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>езервен източник на електрическа енергия</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="30967A5C" w14:textId="501C5257" w:rsidR="008B4120" w:rsidRPr="00A73F5A" w:rsidRDefault="00445762" w:rsidP="008B4120">
+          <w:p w14:paraId="30967A5C" w14:textId="501C5257" w:rsidR="008B4120" w:rsidRPr="00A73F5A" w:rsidRDefault="00E842CD" w:rsidP="008B4120">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="68466472"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="00A73F5A">
+                <w:r w:rsidR="00445762" w:rsidRPr="00A73F5A">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="00A73F5A">
+            <w:r w:rsidR="00445762" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="008B4120" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Не </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="17E0E60E" w14:textId="2C69B6D0" w:rsidR="008B4120" w:rsidRPr="00A73F5A" w:rsidRDefault="00445762" w:rsidP="008B4120">
+          <w:p w14:paraId="17E0E60E" w14:textId="2C69B6D0" w:rsidR="008B4120" w:rsidRPr="00A73F5A" w:rsidRDefault="00E842CD" w:rsidP="008B4120">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1850780852"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="00A73F5A">
+                <w:r w:rsidR="00445762" w:rsidRPr="00A73F5A">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="00A73F5A">
+            <w:r w:rsidR="00445762" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="008B4120" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Да </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="29E65744" w14:textId="77777777" w:rsidR="008B4120" w:rsidRPr="00A73F5A" w:rsidRDefault="008B4120" w:rsidP="008B4120">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:sz w:val="18"/>
@@ -14818,51 +14930,69 @@
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>……..…</w:t>
             </w:r>
             <w:r w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">, kW, срок </w:t>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A73F5A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>kW</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A73F5A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, срок </w:t>
             </w:r>
             <w:r w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text46"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:default w:val="…………………….."/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -14991,51 +15121,69 @@
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>……..…</w:t>
             </w:r>
             <w:r w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">, kW, срок </w:t>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A73F5A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>kW</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A73F5A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, срок </w:t>
             </w:r>
             <w:r w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text47"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:default w:val="…………………….."/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
@@ -15105,76 +15253,77 @@
             <w:r w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>1.3.5. П</w:t>
             </w:r>
             <w:r w:rsidR="008B4120" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">роизведената от обекта електрическа енергия: </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3F5F9C70" w14:textId="30AF0777" w:rsidR="008B4120" w:rsidRPr="00A73F5A" w:rsidRDefault="000D1DB9" w:rsidP="008B4120">
+          <w:p w14:paraId="3F5F9C70" w14:textId="30AF0777" w:rsidR="008B4120" w:rsidRPr="00A73F5A" w:rsidRDefault="00E842CD" w:rsidP="008B4120">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="272366014"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="00A73F5A">
+                <w:r w:rsidR="000D1DB9" w:rsidRPr="00A73F5A">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="008B4120" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="008B4120" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">ще се използва за собствено потребление и ще се отдава в мрежата (ИТН </w:t>
@@ -15239,76 +15388,77 @@
             <w:r w:rsidR="008B4120" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>на обекта за потребление</w:t>
             </w:r>
             <w:r w:rsidR="006B685B" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidR="008B4120" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> в който ще използва енергията);</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="520153D8" w14:textId="6B0C5DA7" w:rsidR="008B4120" w:rsidRPr="00A73F5A" w:rsidRDefault="000D1DB9" w:rsidP="008B4120">
+          <w:p w14:paraId="520153D8" w14:textId="6B0C5DA7" w:rsidR="008B4120" w:rsidRPr="00A73F5A" w:rsidRDefault="00E842CD" w:rsidP="008B4120">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1386758947"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="00A73F5A">
+                <w:r w:rsidR="000D1DB9" w:rsidRPr="00A73F5A">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="008B4120" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="008B4120" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ще се използва за собствено потребление и няма да се отдава в мрежа</w:t>
@@ -15389,87 +15539,88 @@
             <w:r w:rsidR="008B4120" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>на обекта за потребление</w:t>
             </w:r>
             <w:r w:rsidR="00264222" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidR="008B4120" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> в който ще използва енергията);</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="17FA7989" w14:textId="037D6B3A" w:rsidR="008B4120" w:rsidRPr="00A73F5A" w:rsidRDefault="000D1DB9" w:rsidP="008B4120">
+          <w:p w14:paraId="17FA7989" w14:textId="037D6B3A" w:rsidR="008B4120" w:rsidRPr="00A73F5A" w:rsidRDefault="00E842CD" w:rsidP="008B4120">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1515344817"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="00A73F5A">
+                <w:r w:rsidR="000D1DB9" w:rsidRPr="00A73F5A">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="00A73F5A">
+            <w:r w:rsidR="000D1DB9" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="008B4120" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ще се отдава изцяло в мрежата.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="72366DD2" w14:textId="413E9C7B" w:rsidR="009F4068" w:rsidRPr="00A73F5A" w:rsidRDefault="009F4068" w:rsidP="009F4068">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
@@ -15536,127 +15687,129 @@
             <w:r w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>1.3.6. И</w:t>
             </w:r>
             <w:r w:rsidR="008B4120" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>зкупуване на произведената електрическа енергия по преференциални цени (само за обекти по чл. 6, ал. 1, т. 1 от ЗЕВИ):</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2CF97730" w14:textId="2F864457" w:rsidR="008B4120" w:rsidRPr="00A73F5A" w:rsidRDefault="000D1DB9" w:rsidP="008B4120">
+          <w:p w14:paraId="2CF97730" w14:textId="2F864457" w:rsidR="008B4120" w:rsidRPr="00A73F5A" w:rsidRDefault="00E842CD" w:rsidP="008B4120">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1765602079"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="00A73F5A">
+                <w:r w:rsidR="000D1DB9" w:rsidRPr="00A73F5A">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="008B4120" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="008B4120" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>желая енергията да се изкупува по преференциална цена реда на чл. 31 и чл. 32 ЗЕВИ;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="795E3A49" w14:textId="75188D07" w:rsidR="008B4120" w:rsidRPr="00A73F5A" w:rsidRDefault="000D1DB9" w:rsidP="008B4120">
+          <w:p w14:paraId="795E3A49" w14:textId="75188D07" w:rsidR="008B4120" w:rsidRPr="00A73F5A" w:rsidRDefault="00E842CD" w:rsidP="008B4120">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-310797353"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="00A73F5A">
+                <w:r w:rsidR="000D1DB9" w:rsidRPr="00A73F5A">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="008B4120" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="008B4120" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>не желая енергията да се изкупува по преференциална цена по реда на чл. 31 и чл. 32 ЗЕВИ.</w:t>
@@ -15844,100 +15997,102 @@
                         <w:r w:rsidRPr="00A73F5A">
                           <w:rPr>
                             <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                             <w:spacing w:val="0"/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                             <w:lang w:eastAsia="bg-BG"/>
                           </w:rPr>
                           <w:t xml:space="preserve">             </w:t>
                         </w:r>
                         <w:sdt>
                           <w:sdtPr>
                             <w:rPr>
                               <w:rFonts w:cs="Arial"/>
                               <w:b/>
                               <w:sz w:val="24"/>
                               <w:szCs w:val="24"/>
                             </w:rPr>
                             <w:id w:val="-1901580927"/>
                             <w14:checkbox>
                               <w14:checked w14:val="0"/>
                               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                             </w14:checkbox>
                           </w:sdtPr>
+                          <w:sdtEndPr/>
                           <w:sdtContent>
                             <w:r w:rsidR="000D1DB9" w:rsidRPr="00A73F5A">
                               <w:rPr>
                                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                                 <w:b/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                               </w:rPr>
                               <w:t>☐</w:t>
                             </w:r>
                           </w:sdtContent>
                         </w:sdt>
                         <w:r w:rsidR="000D1DB9" w:rsidRPr="00A73F5A">
                           <w:rPr>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:eastAsia="MS Gothic" w:cs="Arial"/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                           </w:rPr>
                           <w:t>една</w:t>
                         </w:r>
                         <w:r w:rsidRPr="00A73F5A">
                           <w:rPr>
                             <w:rFonts w:eastAsia="MS Gothic" w:cs="Arial"/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                           </w:rPr>
                           <w:t xml:space="preserve">                </w:t>
                         </w:r>
                         <w:sdt>
                           <w:sdtPr>
                             <w:rPr>
                               <w:rFonts w:cs="Arial"/>
                               <w:b/>
                               <w:sz w:val="24"/>
                               <w:szCs w:val="24"/>
                             </w:rPr>
                             <w:id w:val="1241994365"/>
                             <w14:checkbox>
                               <w14:checked w14:val="0"/>
                               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                             </w14:checkbox>
                           </w:sdtPr>
+                          <w:sdtEndPr/>
                           <w:sdtContent>
                             <w:r w:rsidR="000D1DB9" w:rsidRPr="00A73F5A">
                               <w:rPr>
                                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                                 <w:b/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                               </w:rPr>
                               <w:t>☐</w:t>
                             </w:r>
                           </w:sdtContent>
                         </w:sdt>
                         <w:r w:rsidR="000D1DB9" w:rsidRPr="00A73F5A">
                           <w:rPr>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r w:rsidRPr="00A73F5A">
                           <w:rPr>
                             <w:rFonts w:eastAsia="MS Gothic" w:cs="Arial"/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                           </w:rPr>
@@ -16066,52 +16221,62 @@
                             <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                             <w:noProof/>
                             <w:spacing w:val="0"/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                             <w:lang w:eastAsia="bg-BG"/>
                           </w:rPr>
                           <w:t> </w:t>
                         </w:r>
                         <w:r w:rsidRPr="00A73F5A">
                           <w:rPr>
                             <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                             <w:spacing w:val="0"/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                             <w:lang w:eastAsia="bg-BG"/>
                           </w:rPr>
                           <w:fldChar w:fldCharType="end"/>
                         </w:r>
                         <w:r w:rsidRPr="00A73F5A">
                           <w:rPr>
                             <w:rFonts w:cs="Arial"/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                           </w:rPr>
-                          <w:t xml:space="preserve"> kW</w:t>
+                          <w:t xml:space="preserve"> </w:t>
                         </w:r>
+                        <w:proofErr w:type="spellStart"/>
+                        <w:r w:rsidRPr="00A73F5A">
+                          <w:rPr>
+                            <w:rFonts w:cs="Arial"/>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                          </w:rPr>
+                          <w:t>kW</w:t>
+                        </w:r>
+                        <w:proofErr w:type="spellEnd"/>
                       </w:p>
                       <w:p w14:paraId="7A70E7FB" w14:textId="037066ED" w:rsidR="0001169E" w:rsidRPr="0001169E" w:rsidRDefault="0001169E" w:rsidP="0001169E">
                         <w:pPr>
                           <w:jc w:val="both"/>
                           <w:rPr>
                             <w:rFonts w:cs="Arial"/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r w:rsidRPr="00A73F5A">
                           <w:rPr>
                             <w:bCs/>
                             <w:color w:val="00B050"/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                           </w:rPr>
                           <w:t>1.3.7.</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:bCs/>
                             <w:color w:val="00B050"/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
@@ -16318,52 +16483,62 @@
                                         <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                                         <w:noProof/>
                                         <w:spacing w:val="0"/>
                                         <w:sz w:val="18"/>
                                         <w:szCs w:val="18"/>
                                         <w:lang w:eastAsia="bg-BG"/>
                                       </w:rPr>
                                       <w:t> </w:t>
                                     </w:r>
                                     <w:r w:rsidRPr="00A73F5A">
                                       <w:rPr>
                                         <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                                         <w:spacing w:val="0"/>
                                         <w:sz w:val="18"/>
                                         <w:szCs w:val="18"/>
                                         <w:lang w:eastAsia="bg-BG"/>
                                       </w:rPr>
                                       <w:fldChar w:fldCharType="end"/>
                                     </w:r>
                                     <w:r w:rsidRPr="00A73F5A">
                                       <w:rPr>
                                         <w:rFonts w:cs="Arial"/>
                                         <w:sz w:val="18"/>
                                         <w:szCs w:val="18"/>
                                       </w:rPr>
-                                      <w:t xml:space="preserve"> kW</w:t>
+                                      <w:t xml:space="preserve"> </w:t>
                                     </w:r>
+                                    <w:proofErr w:type="spellStart"/>
+                                    <w:r w:rsidRPr="00A73F5A">
+                                      <w:rPr>
+                                        <w:rFonts w:cs="Arial"/>
+                                        <w:sz w:val="18"/>
+                                        <w:szCs w:val="18"/>
+                                      </w:rPr>
+                                      <w:t>kW</w:t>
+                                    </w:r>
+                                    <w:proofErr w:type="spellEnd"/>
                                   </w:p>
                                   <w:p w14:paraId="57617FAD" w14:textId="77777777" w:rsidR="0001169E" w:rsidRPr="00A73F5A" w:rsidRDefault="0001169E" w:rsidP="0001169E">
                                     <w:pPr>
                                       <w:jc w:val="both"/>
                                       <w:rPr>
                                         <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                                         <w:spacing w:val="0"/>
                                         <w:sz w:val="18"/>
                                         <w:szCs w:val="18"/>
                                         <w:lang w:eastAsia="bg-BG"/>
                                       </w:rPr>
                                     </w:pPr>
                                     <w:r>
                                       <w:rPr>
                                         <w:rFonts w:cs="Arial"/>
                                         <w:sz w:val="18"/>
                                         <w:szCs w:val="18"/>
                                       </w:rPr>
                                       <w:t xml:space="preserve">заявена </w:t>
                                     </w:r>
                                     <w:r w:rsidRPr="00CE2447">
                                       <w:rPr>
                                         <w:rFonts w:cs="Arial"/>
                                         <w:sz w:val="18"/>
                                         <w:szCs w:val="18"/>
@@ -16473,52 +16648,62 @@
                                         <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                                         <w:noProof/>
                                         <w:spacing w:val="0"/>
                                         <w:sz w:val="18"/>
                                         <w:szCs w:val="18"/>
                                         <w:lang w:eastAsia="bg-BG"/>
                                       </w:rPr>
                                       <w:t> </w:t>
                                     </w:r>
                                     <w:r w:rsidRPr="00A73F5A">
                                       <w:rPr>
                                         <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                                         <w:spacing w:val="0"/>
                                         <w:sz w:val="18"/>
                                         <w:szCs w:val="18"/>
                                         <w:lang w:eastAsia="bg-BG"/>
                                       </w:rPr>
                                       <w:fldChar w:fldCharType="end"/>
                                     </w:r>
                                     <w:r w:rsidRPr="00A73F5A">
                                       <w:rPr>
                                         <w:rFonts w:cs="Arial"/>
                                         <w:sz w:val="18"/>
                                         <w:szCs w:val="18"/>
                                       </w:rPr>
-                                      <w:t xml:space="preserve"> kW</w:t>
+                                      <w:t xml:space="preserve"> </w:t>
                                     </w:r>
+                                    <w:proofErr w:type="spellStart"/>
+                                    <w:r w:rsidRPr="00A73F5A">
+                                      <w:rPr>
+                                        <w:rFonts w:cs="Arial"/>
+                                        <w:sz w:val="18"/>
+                                        <w:szCs w:val="18"/>
+                                      </w:rPr>
+                                      <w:t>kW</w:t>
+                                    </w:r>
+                                    <w:proofErr w:type="spellEnd"/>
                                   </w:p>
                                 </w:tc>
                               </w:tr>
                             </w:tbl>
                             <w:p w14:paraId="10138092" w14:textId="77777777" w:rsidR="0001169E" w:rsidRPr="00690E6F" w:rsidRDefault="0001169E" w:rsidP="0001169E">
                               <w:pPr>
                                 <w:jc w:val="both"/>
                                 <w:rPr>
                                   <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                                   <w:strike/>
                                   <w:spacing w:val="0"/>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="18"/>
                                   <w:lang w:eastAsia="bg-BG"/>
                                 </w:rPr>
                               </w:pPr>
                             </w:p>
                           </w:tc>
                         </w:tr>
                       </w:tbl>
                       <w:p w14:paraId="1EF62C6D" w14:textId="77777777" w:rsidR="0001169E" w:rsidRPr="00A73F5A" w:rsidRDefault="0001169E" w:rsidP="0001169E">
                         <w:pPr>
                           <w:jc w:val="both"/>
                           <w:rPr>
                             <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
@@ -16590,203 +16775,206 @@
                   </w:r>
                 </w:p>
                 <w:p w14:paraId="4E410A42" w14:textId="1F7C4F47" w:rsidR="005A48A0" w:rsidRPr="00CE2447" w:rsidRDefault="005A48A0" w:rsidP="005A48A0">
                   <w:pPr>
                     <w:contextualSpacing/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                       <w:spacing w:val="0"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="bg-BG"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00CE2447">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                       <w:spacing w:val="0"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="bg-BG"/>
                     </w:rPr>
                     <w:t>вид на генераторите:</w:t>
                   </w:r>
                 </w:p>
-                <w:p w14:paraId="30335494" w14:textId="6E45E0D2" w:rsidR="005A48A0" w:rsidRPr="00CE2447" w:rsidRDefault="000D1DB9" w:rsidP="005A48A0">
+                <w:p w14:paraId="30335494" w14:textId="6E45E0D2" w:rsidR="005A48A0" w:rsidRPr="00CE2447" w:rsidRDefault="00E842CD" w:rsidP="005A48A0">
                   <w:pPr>
                     <w:contextualSpacing/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                       <w:spacing w:val="0"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="bg-BG"/>
                     </w:rPr>
                   </w:pPr>
                   <w:sdt>
                     <w:sdtPr>
                       <w:rPr>
                         <w:rFonts w:cs="Arial"/>
                         <w:b/>
                         <w:sz w:val="24"/>
                         <w:szCs w:val="24"/>
                       </w:rPr>
                       <w:id w:val="1853680551"/>
                       <w14:checkbox>
                         <w14:checked w14:val="0"/>
                         <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                         <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                       </w14:checkbox>
                     </w:sdtPr>
+                    <w:sdtEndPr/>
                     <w:sdtContent>
-                      <w:r w:rsidRPr="00A73F5A">
+                      <w:r w:rsidR="000D1DB9" w:rsidRPr="00A73F5A">
                         <w:rPr>
                           <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                           <w:b/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                         <w:t>☐</w:t>
                       </w:r>
                     </w:sdtContent>
                   </w:sdt>
-                  <w:r w:rsidRPr="00A73F5A">
+                  <w:r w:rsidR="000D1DB9" w:rsidRPr="00A73F5A">
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> </w:t>
                   </w:r>
                   <w:r w:rsidR="005A48A0" w:rsidRPr="00CE2447">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Frutiger Next for EVN Light"/>
                       <w:spacing w:val="0"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="bg-BG"/>
                     </w:rPr>
                     <w:t>синхронен;</w:t>
                   </w:r>
                 </w:p>
-                <w:p w14:paraId="3C4079FF" w14:textId="779818DF" w:rsidR="005A48A0" w:rsidRPr="00CE2447" w:rsidRDefault="000D1DB9" w:rsidP="005A48A0">
+                <w:p w14:paraId="3C4079FF" w14:textId="779818DF" w:rsidR="005A48A0" w:rsidRPr="00CE2447" w:rsidRDefault="00E842CD" w:rsidP="005A48A0">
                   <w:pPr>
                     <w:contextualSpacing/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                       <w:spacing w:val="0"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="bg-BG"/>
                     </w:rPr>
                   </w:pPr>
                   <w:sdt>
                     <w:sdtPr>
                       <w:rPr>
                         <w:rFonts w:cs="Arial"/>
                         <w:b/>
                         <w:sz w:val="24"/>
                         <w:szCs w:val="24"/>
                       </w:rPr>
                       <w:id w:val="-1079746976"/>
                       <w14:checkbox>
                         <w14:checked w14:val="0"/>
                         <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                         <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                       </w14:checkbox>
                     </w:sdtPr>
+                    <w:sdtEndPr/>
                     <w:sdtContent>
-                      <w:r w:rsidRPr="00A73F5A">
+                      <w:r w:rsidR="000D1DB9" w:rsidRPr="00A73F5A">
                         <w:rPr>
                           <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                           <w:b/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                         <w:t>☐</w:t>
                       </w:r>
                     </w:sdtContent>
                   </w:sdt>
-                  <w:r w:rsidRPr="00A73F5A">
+                  <w:r w:rsidR="000D1DB9" w:rsidRPr="00A73F5A">
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> </w:t>
                   </w:r>
                   <w:r w:rsidR="005A48A0" w:rsidRPr="00CE2447">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Frutiger Next for EVN Light"/>
                       <w:spacing w:val="0"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="bg-BG"/>
                     </w:rPr>
                     <w:t>асинхронен;</w:t>
                   </w:r>
                   <w:r w:rsidR="005A48A0" w:rsidRPr="00CE2447">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                       <w:spacing w:val="0"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="bg-BG"/>
                     </w:rPr>
                     <w:t xml:space="preserve">                             </w:t>
                   </w:r>
                 </w:p>
-                <w:p w14:paraId="10950960" w14:textId="4B7D4AAA" w:rsidR="005A48A0" w:rsidRPr="00CE2447" w:rsidRDefault="000D1DB9" w:rsidP="005A48A0">
+                <w:p w14:paraId="10950960" w14:textId="4B7D4AAA" w:rsidR="005A48A0" w:rsidRPr="00CE2447" w:rsidRDefault="00E842CD" w:rsidP="005A48A0">
                   <w:pPr>
                     <w:contextualSpacing/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                       <w:spacing w:val="0"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="bg-BG"/>
                     </w:rPr>
                   </w:pPr>
                   <w:sdt>
                     <w:sdtPr>
                       <w:rPr>
                         <w:rFonts w:cs="Arial"/>
                         <w:b/>
                         <w:sz w:val="24"/>
                         <w:szCs w:val="24"/>
                       </w:rPr>
                       <w:id w:val="-379779917"/>
                       <w14:checkbox>
                         <w14:checked w14:val="0"/>
                         <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                         <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                       </w14:checkbox>
                     </w:sdtPr>
+                    <w:sdtEndPr/>
                     <w:sdtContent>
-                      <w:r w:rsidRPr="00A73F5A">
+                      <w:r w:rsidR="000D1DB9" w:rsidRPr="00A73F5A">
                         <w:rPr>
                           <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                           <w:b/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                         <w:t>☐</w:t>
                       </w:r>
                     </w:sdtContent>
                   </w:sdt>
                   <w:r w:rsidR="005A48A0" w:rsidRPr="00CE2447">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                       <w:b/>
                       <w:bCs/>
                       <w:spacing w:val="0"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:eastAsia="bg-BG"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> </w:t>
                   </w:r>
                   <w:r w:rsidR="005A48A0" w:rsidRPr="00CE2447">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Frutiger Next for EVN Light"/>
@@ -17532,52 +17720,62 @@
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                       <w:noProof/>
                       <w:spacing w:val="0"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="bg-BG"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="00CE2447">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                       <w:spacing w:val="0"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="bg-BG"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                   <w:r w:rsidRPr="00CE2447">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
-                    <w:t xml:space="preserve"> kW</w:t>
+                    <w:t xml:space="preserve"> </w:t>
                   </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="00CE2447">
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="18"/>
+                    </w:rPr>
+                    <w:t>kW</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
                 </w:p>
                 <w:p w14:paraId="71E2C109" w14:textId="77777777" w:rsidR="00CE2447" w:rsidRDefault="00CE2447" w:rsidP="000E5EC8">
                   <w:pPr>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:bCs/>
                       <w:color w:val="FF0000"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
                 <w:p w14:paraId="37E7648D" w14:textId="5B6FA688" w:rsidR="000E5EC8" w:rsidRPr="00CE2447" w:rsidRDefault="000E5EC8" w:rsidP="000E5EC8">
                   <w:pPr>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:bCs/>
                       <w:color w:val="00B050"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00CE2447">
                     <w:rPr>
                       <w:bCs/>
@@ -17618,186 +17816,189 @@
                     <w:trPr>
                       <w:trHeight w:val="80"/>
                     </w:trPr>
                     <w:tc>
                       <w:tcPr>
                         <w:tcW w:w="9026" w:type="dxa"/>
                       </w:tcPr>
                       <w:p w14:paraId="00DB2CC9" w14:textId="77777777" w:rsidR="00CE2447" w:rsidRPr="00CE2447" w:rsidRDefault="00CE2447" w:rsidP="00CE2447">
                         <w:pPr>
                           <w:jc w:val="both"/>
                           <w:rPr>
                             <w:rFonts w:cs="Arial"/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r w:rsidRPr="00CE2447">
                           <w:rPr>
                             <w:rFonts w:cs="Arial"/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                           </w:rPr>
                           <w:t>вид на генераторите:</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w14:paraId="7351DDC7" w14:textId="7B8095B2" w:rsidR="00CE2447" w:rsidRPr="00CE2447" w:rsidRDefault="000D1DB9" w:rsidP="00CE2447">
+                      <w:p w14:paraId="7351DDC7" w14:textId="7B8095B2" w:rsidR="00CE2447" w:rsidRPr="00CE2447" w:rsidRDefault="00E842CD" w:rsidP="00CE2447">
                         <w:pPr>
                           <w:jc w:val="both"/>
                           <w:rPr>
                             <w:rFonts w:cs="Arial"/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                           </w:rPr>
                         </w:pPr>
                         <w:sdt>
                           <w:sdtPr>
                             <w:rPr>
                               <w:rFonts w:cs="Arial"/>
                               <w:b/>
                               <w:sz w:val="24"/>
                               <w:szCs w:val="24"/>
                             </w:rPr>
                             <w:id w:val="1116177159"/>
                             <w14:checkbox>
                               <w14:checked w14:val="0"/>
                               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                             </w14:checkbox>
                           </w:sdtPr>
+                          <w:sdtEndPr/>
                           <w:sdtContent>
-                            <w:r w:rsidRPr="00A73F5A">
+                            <w:r w:rsidR="000D1DB9" w:rsidRPr="00A73F5A">
                               <w:rPr>
                                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                                 <w:b/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                               </w:rPr>
                               <w:t>☐</w:t>
                             </w:r>
                           </w:sdtContent>
                         </w:sdt>
                         <w:r w:rsidR="00CE2447" w:rsidRPr="00CE2447">
                           <w:rPr>
                             <w:rFonts w:cs="Arial"/>
                             <w:b/>
                             <w:bCs/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r w:rsidR="00CE2447" w:rsidRPr="00CE2447">
                           <w:rPr>
                             <w:rFonts w:cs="Arial"/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                           </w:rPr>
                           <w:t>синхронен;</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w14:paraId="26B6156E" w14:textId="3D32F8CD" w:rsidR="00CE2447" w:rsidRPr="00CE2447" w:rsidRDefault="000D1DB9" w:rsidP="00CE2447">
+                      <w:p w14:paraId="26B6156E" w14:textId="3D32F8CD" w:rsidR="00CE2447" w:rsidRPr="00CE2447" w:rsidRDefault="00E842CD" w:rsidP="00CE2447">
                         <w:pPr>
                           <w:jc w:val="both"/>
                           <w:rPr>
                             <w:rFonts w:cs="Arial"/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                           </w:rPr>
                         </w:pPr>
                         <w:sdt>
                           <w:sdtPr>
                             <w:rPr>
                               <w:rFonts w:cs="Arial"/>
                               <w:b/>
                               <w:sz w:val="24"/>
                               <w:szCs w:val="24"/>
                             </w:rPr>
                             <w:id w:val="-638566187"/>
                             <w14:checkbox>
                               <w14:checked w14:val="0"/>
                               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                             </w14:checkbox>
                           </w:sdtPr>
+                          <w:sdtEndPr/>
                           <w:sdtContent>
-                            <w:r w:rsidRPr="00A73F5A">
+                            <w:r w:rsidR="000D1DB9" w:rsidRPr="00A73F5A">
                               <w:rPr>
                                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                                 <w:b/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                               </w:rPr>
                               <w:t>☐</w:t>
                             </w:r>
                           </w:sdtContent>
                         </w:sdt>
                         <w:r w:rsidR="00CE2447" w:rsidRPr="00CE2447">
                           <w:rPr>
                             <w:rFonts w:cs="Arial"/>
                             <w:b/>
                             <w:bCs/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r w:rsidR="00CE2447" w:rsidRPr="00CE2447">
                           <w:rPr>
                             <w:rFonts w:cs="Arial"/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                           </w:rPr>
                           <w:t xml:space="preserve">асинхронен;                             </w:t>
                         </w:r>
                       </w:p>
-                      <w:p w14:paraId="3260DED3" w14:textId="5297918A" w:rsidR="00CE2447" w:rsidRPr="00CE2447" w:rsidRDefault="000D1DB9" w:rsidP="00CE2447">
+                      <w:p w14:paraId="3260DED3" w14:textId="5297918A" w:rsidR="00CE2447" w:rsidRPr="00CE2447" w:rsidRDefault="00E842CD" w:rsidP="00CE2447">
                         <w:pPr>
                           <w:jc w:val="both"/>
                           <w:rPr>
                             <w:rFonts w:cs="Arial"/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                           </w:rPr>
                         </w:pPr>
                         <w:sdt>
                           <w:sdtPr>
                             <w:rPr>
                               <w:rFonts w:cs="Arial"/>
                               <w:b/>
                               <w:sz w:val="24"/>
                               <w:szCs w:val="24"/>
                             </w:rPr>
                             <w:id w:val="1247616822"/>
                             <w14:checkbox>
                               <w14:checked w14:val="0"/>
                               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                             </w14:checkbox>
                           </w:sdtPr>
+                          <w:sdtEndPr/>
                           <w:sdtContent>
-                            <w:r w:rsidRPr="00A73F5A">
+                            <w:r w:rsidR="000D1DB9" w:rsidRPr="00A73F5A">
                               <w:rPr>
                                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                                 <w:b/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                               </w:rPr>
                               <w:t>☐</w:t>
                             </w:r>
                           </w:sdtContent>
                         </w:sdt>
                         <w:r w:rsidR="00CE2447" w:rsidRPr="00CE2447">
                           <w:rPr>
                             <w:rFonts w:cs="Arial"/>
                             <w:b/>
                             <w:bCs/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r w:rsidR="00CE2447" w:rsidRPr="00CE2447">
                           <w:rPr>
                             <w:rFonts w:cs="Arial"/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
@@ -17876,106 +18077,144 @@
                         </w:pPr>
                         <w:r w:rsidRPr="00CE2447">
                           <w:rPr>
                             <w:rFonts w:cs="Arial"/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                           </w:rPr>
                           <w:t>брой на генераторите ………….  бр.</w:t>
                         </w:r>
                       </w:p>
                       <w:p w14:paraId="461A4FD2" w14:textId="77777777" w:rsidR="00CE2447" w:rsidRPr="00CE2447" w:rsidRDefault="00CE2447" w:rsidP="00CE2447">
                         <w:pPr>
                           <w:jc w:val="both"/>
                           <w:rPr>
                             <w:rFonts w:cs="Arial"/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r w:rsidRPr="00CE2447">
                           <w:rPr>
                             <w:rFonts w:cs="Arial"/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                           </w:rPr>
-                          <w:t>пълна (привидна) единична мощност …………. kVA</w:t>
+                          <w:t xml:space="preserve">пълна (привидна) единична мощност …………. </w:t>
                         </w:r>
+                        <w:proofErr w:type="spellStart"/>
+                        <w:r w:rsidRPr="00CE2447">
+                          <w:rPr>
+                            <w:rFonts w:cs="Arial"/>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                          </w:rPr>
+                          <w:t>kVA</w:t>
+                        </w:r>
+                        <w:proofErr w:type="spellEnd"/>
                       </w:p>
                       <w:p w14:paraId="7A74F4B7" w14:textId="77777777" w:rsidR="00CE2447" w:rsidRPr="00CE2447" w:rsidRDefault="00CE2447" w:rsidP="00CE2447">
                         <w:pPr>
                           <w:jc w:val="both"/>
                           <w:rPr>
                             <w:rFonts w:cs="Arial"/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r w:rsidRPr="00CE2447">
                           <w:rPr>
                             <w:rFonts w:cs="Arial"/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                           </w:rPr>
-                          <w:t>диапазон на фактора на мощността cos φ ………….</w:t>
+                          <w:t xml:space="preserve">диапазон на фактора на мощността </w:t>
+                        </w:r>
+                        <w:proofErr w:type="spellStart"/>
+                        <w:r w:rsidRPr="00CE2447">
+                          <w:rPr>
+                            <w:rFonts w:cs="Arial"/>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                          </w:rPr>
+                          <w:t>cos</w:t>
+                        </w:r>
+                        <w:proofErr w:type="spellEnd"/>
+                        <w:r w:rsidRPr="00CE2447">
+                          <w:rPr>
+                            <w:rFonts w:cs="Arial"/>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> φ ………….</w:t>
                         </w:r>
                       </w:p>
                       <w:p w14:paraId="73DD10FB" w14:textId="77777777" w:rsidR="00CE2447" w:rsidRPr="00CE2447" w:rsidRDefault="00CE2447" w:rsidP="00CE2447">
                         <w:pPr>
                           <w:jc w:val="both"/>
                           <w:rPr>
                             <w:rFonts w:cs="Arial"/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r w:rsidRPr="00CE2447">
                           <w:rPr>
                             <w:rFonts w:cs="Arial"/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                           </w:rPr>
                           <w:t xml:space="preserve">I пуск./ I н ………….                                        </w:t>
                         </w:r>
                       </w:p>
                       <w:p w14:paraId="02E15ACF" w14:textId="77777777" w:rsidR="00CE2447" w:rsidRPr="00CE2447" w:rsidRDefault="00CE2447" w:rsidP="00CE2447">
                         <w:pPr>
                           <w:jc w:val="both"/>
                           <w:rPr>
                             <w:rFonts w:cs="Arial"/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r w:rsidRPr="00CE2447">
                           <w:rPr>
                             <w:rFonts w:cs="Arial"/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                           </w:rPr>
-                          <w:t>номинално напрежение, UG …………. kV</w:t>
+                          <w:t xml:space="preserve">номинално напрежение, UG …………. </w:t>
                         </w:r>
+                        <w:proofErr w:type="spellStart"/>
+                        <w:r w:rsidRPr="00CE2447">
+                          <w:rPr>
+                            <w:rFonts w:cs="Arial"/>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                          </w:rPr>
+                          <w:t>kV</w:t>
+                        </w:r>
+                        <w:proofErr w:type="spellEnd"/>
                       </w:p>
                       <w:p w14:paraId="767E8247" w14:textId="24856D98" w:rsidR="000E5EC8" w:rsidRPr="00CE2447" w:rsidRDefault="000E5EC8" w:rsidP="000E5EC8">
                         <w:pPr>
                           <w:jc w:val="both"/>
                           <w:rPr>
                             <w:rFonts w:cs="Arial"/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r w:rsidRPr="00CE2447">
                           <w:rPr>
                             <w:rFonts w:cs="Arial"/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                           </w:rPr>
                           <w:t>инсталирана мощност (AC),</w:t>
                         </w:r>
                         <w:r w:rsidRPr="00CE2447">
                           <w:rPr>
                             <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                             <w:spacing w:val="0"/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                             <w:lang w:eastAsia="bg-BG"/>
@@ -18077,52 +18316,62 @@
                             <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                             <w:noProof/>
                             <w:spacing w:val="0"/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                             <w:lang w:eastAsia="bg-BG"/>
                           </w:rPr>
                           <w:t> </w:t>
                         </w:r>
                         <w:r w:rsidRPr="00CE2447">
                           <w:rPr>
                             <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                             <w:spacing w:val="0"/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                             <w:lang w:eastAsia="bg-BG"/>
                           </w:rPr>
                           <w:fldChar w:fldCharType="end"/>
                         </w:r>
                         <w:r w:rsidRPr="00CE2447">
                           <w:rPr>
                             <w:rFonts w:cs="Arial"/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                           </w:rPr>
-                          <w:t xml:space="preserve"> kW</w:t>
+                          <w:t xml:space="preserve"> </w:t>
                         </w:r>
+                        <w:proofErr w:type="spellStart"/>
+                        <w:r w:rsidRPr="00CE2447">
+                          <w:rPr>
+                            <w:rFonts w:cs="Arial"/>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                          </w:rPr>
+                          <w:t>kW</w:t>
+                        </w:r>
+                        <w:proofErr w:type="spellEnd"/>
                       </w:p>
                       <w:p w14:paraId="6E58CF28" w14:textId="1F7443C4" w:rsidR="000E5EC8" w:rsidRPr="00CE2447" w:rsidRDefault="00CE2447" w:rsidP="000E5EC8">
                         <w:pPr>
                           <w:jc w:val="both"/>
                           <w:rPr>
                             <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                             <w:spacing w:val="0"/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                             <w:lang w:eastAsia="bg-BG"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r w:rsidRPr="00CE2447">
                           <w:rPr>
                             <w:rFonts w:cs="Arial"/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                           </w:rPr>
                           <w:t xml:space="preserve">заявена </w:t>
                         </w:r>
                         <w:r w:rsidR="000E5EC8" w:rsidRPr="00CE2447">
                           <w:rPr>
                             <w:rFonts w:cs="Arial"/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
@@ -18224,52 +18473,62 @@
                             <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                             <w:noProof/>
                             <w:spacing w:val="0"/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                             <w:lang w:eastAsia="bg-BG"/>
                           </w:rPr>
                           <w:t> </w:t>
                         </w:r>
                         <w:r w:rsidR="000E5EC8" w:rsidRPr="00CE2447">
                           <w:rPr>
                             <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                             <w:spacing w:val="0"/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                             <w:lang w:eastAsia="bg-BG"/>
                           </w:rPr>
                           <w:fldChar w:fldCharType="end"/>
                         </w:r>
                         <w:r w:rsidR="000E5EC8" w:rsidRPr="00CE2447">
                           <w:rPr>
                             <w:rFonts w:cs="Arial"/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                           </w:rPr>
-                          <w:t xml:space="preserve"> kW</w:t>
+                          <w:t xml:space="preserve"> </w:t>
                         </w:r>
+                        <w:proofErr w:type="spellStart"/>
+                        <w:r w:rsidR="000E5EC8" w:rsidRPr="00CE2447">
+                          <w:rPr>
+                            <w:rFonts w:cs="Arial"/>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                          </w:rPr>
+                          <w:t>kW</w:t>
+                        </w:r>
+                        <w:proofErr w:type="spellEnd"/>
                       </w:p>
                     </w:tc>
                   </w:tr>
                 </w:tbl>
                 <w:p w14:paraId="674E16AE" w14:textId="3E47F95A" w:rsidR="000E5EC8" w:rsidRPr="00CE2447" w:rsidRDefault="000E5EC8" w:rsidP="000E5EC8">
                   <w:pPr>
                     <w:contextualSpacing/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00CE2447">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t xml:space="preserve">  нова инсталирана мощност (AC),</w:t>
                   </w:r>
                   <w:r w:rsidRPr="00CE2447">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
@@ -18375,51 +18634,69 @@
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                       <w:noProof/>
                       <w:spacing w:val="0"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="bg-BG"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="00CE2447">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                       <w:spacing w:val="0"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="bg-BG"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                   <w:r w:rsidRPr="00CE2447">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
-                    <w:t xml:space="preserve"> kW (инсталирана  мощност + </w:t>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="00CE2447">
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="18"/>
+                    </w:rPr>
+                    <w:t>kW</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r w:rsidRPr="00CE2447">
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="18"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> (инсталирана  мощност + </w:t>
                   </w:r>
                   <w:r w:rsidR="00CE2447" w:rsidRPr="00CE2447">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t xml:space="preserve">заявена </w:t>
                   </w:r>
                   <w:r w:rsidR="00160582" w:rsidRPr="00CE2447">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t>и</w:t>
                   </w:r>
                   <w:r w:rsidRPr="00CE2447">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t>нсталирана мощност)</w:t>
                   </w:r>
@@ -18465,211 +18742,214 @@
                       <w:lang w:eastAsia="bg-BG"/>
                     </w:rPr>
                     <w:t>генератор</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                       <w:spacing w:val="0"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="bg-BG"/>
                     </w:rPr>
                     <w:t>/и</w:t>
                   </w:r>
                   <w:r w:rsidRPr="00A73F5A">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                       <w:spacing w:val="0"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="bg-BG"/>
                     </w:rPr>
                     <w:t>:</w:t>
                   </w:r>
                 </w:p>
-                <w:p w14:paraId="56C19B7A" w14:textId="3C30DA45" w:rsidR="00622FC7" w:rsidRPr="008A241C" w:rsidRDefault="000D1DB9" w:rsidP="00622FC7">
+                <w:p w14:paraId="56C19B7A" w14:textId="3C30DA45" w:rsidR="00622FC7" w:rsidRPr="008A241C" w:rsidRDefault="00E842CD" w:rsidP="00622FC7">
                   <w:pPr>
                     <w:contextualSpacing/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                       <w:spacing w:val="0"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="bg-BG"/>
                     </w:rPr>
                   </w:pPr>
                   <w:sdt>
                     <w:sdtPr>
                       <w:rPr>
                         <w:rFonts w:cs="Arial"/>
                         <w:b/>
                         <w:sz w:val="24"/>
                         <w:szCs w:val="24"/>
                       </w:rPr>
                       <w:id w:val="-1069801475"/>
                       <w14:checkbox>
                         <w14:checked w14:val="0"/>
                         <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                         <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                       </w14:checkbox>
                     </w:sdtPr>
+                    <w:sdtEndPr/>
                     <w:sdtContent>
-                      <w:r w:rsidRPr="00A73F5A">
+                      <w:r w:rsidR="000D1DB9" w:rsidRPr="00A73F5A">
                         <w:rPr>
                           <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                           <w:b/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                         <w:t>☐</w:t>
                       </w:r>
                     </w:sdtContent>
                   </w:sdt>
-                  <w:r w:rsidRPr="00A73F5A">
+                  <w:r w:rsidR="000D1DB9" w:rsidRPr="00A73F5A">
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> </w:t>
                   </w:r>
                   <w:r w:rsidR="00622FC7" w:rsidRPr="008A241C">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Frutiger Next for EVN Light"/>
                       <w:spacing w:val="0"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="bg-BG"/>
                     </w:rPr>
                     <w:t>синхронен;</w:t>
                   </w:r>
                 </w:p>
-                <w:p w14:paraId="5C768E01" w14:textId="20D0A888" w:rsidR="00622FC7" w:rsidRPr="008A241C" w:rsidRDefault="000D1DB9" w:rsidP="00622FC7">
+                <w:p w14:paraId="5C768E01" w14:textId="20D0A888" w:rsidR="00622FC7" w:rsidRPr="008A241C" w:rsidRDefault="00E842CD" w:rsidP="00622FC7">
                   <w:pPr>
                     <w:contextualSpacing/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                       <w:spacing w:val="0"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="bg-BG"/>
                     </w:rPr>
                   </w:pPr>
                   <w:sdt>
                     <w:sdtPr>
                       <w:rPr>
                         <w:rFonts w:cs="Arial"/>
                         <w:b/>
                         <w:sz w:val="24"/>
                         <w:szCs w:val="24"/>
                       </w:rPr>
                       <w:id w:val="-1146506223"/>
                       <w14:checkbox>
                         <w14:checked w14:val="0"/>
                         <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                         <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                       </w14:checkbox>
                     </w:sdtPr>
+                    <w:sdtEndPr/>
                     <w:sdtContent>
-                      <w:r w:rsidRPr="00A73F5A">
+                      <w:r w:rsidR="000D1DB9" w:rsidRPr="00A73F5A">
                         <w:rPr>
                           <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                           <w:b/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                         <w:t>☐</w:t>
                       </w:r>
                     </w:sdtContent>
                   </w:sdt>
                   <w:r w:rsidR="00622FC7" w:rsidRPr="008A241C">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                       <w:b/>
                       <w:bCs/>
                       <w:spacing w:val="0"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:eastAsia="bg-BG"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> </w:t>
                   </w:r>
                   <w:r w:rsidR="00622FC7" w:rsidRPr="008A241C">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Frutiger Next for EVN Light"/>
                       <w:spacing w:val="0"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="bg-BG"/>
                     </w:rPr>
                     <w:t>асинхронен;</w:t>
                   </w:r>
                   <w:r w:rsidR="00622FC7" w:rsidRPr="008A241C">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                       <w:spacing w:val="0"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="bg-BG"/>
                     </w:rPr>
                     <w:t xml:space="preserve">                             </w:t>
                   </w:r>
                 </w:p>
-                <w:p w14:paraId="1167DADB" w14:textId="04F3B7DA" w:rsidR="00622FC7" w:rsidRPr="008A3B54" w:rsidRDefault="000D1DB9" w:rsidP="00622FC7">
+                <w:p w14:paraId="1167DADB" w14:textId="04F3B7DA" w:rsidR="00622FC7" w:rsidRPr="0095066B" w:rsidRDefault="00E842CD" w:rsidP="00622FC7">
                   <w:pPr>
                     <w:contextualSpacing/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                       <w:i/>
                       <w:iCs/>
                       <w:color w:val="FF0000"/>
                       <w:spacing w:val="0"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
-                      <w:lang w:val="en-US" w:eastAsia="bg-BG"/>
+                      <w:lang w:eastAsia="bg-BG"/>
                     </w:rPr>
                   </w:pPr>
                   <w:sdt>
                     <w:sdtPr>
                       <w:rPr>
                         <w:rFonts w:cs="Arial"/>
                         <w:b/>
                         <w:sz w:val="24"/>
                         <w:szCs w:val="24"/>
                       </w:rPr>
                       <w:id w:val="257961672"/>
                       <w14:checkbox>
                         <w14:checked w14:val="0"/>
                         <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                         <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                       </w14:checkbox>
                     </w:sdtPr>
+                    <w:sdtEndPr/>
                     <w:sdtContent>
-                      <w:r w:rsidRPr="00A73F5A">
+                      <w:r w:rsidR="000D1DB9" w:rsidRPr="00A73F5A">
                         <w:rPr>
                           <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                           <w:b/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                         <w:t>☐</w:t>
                       </w:r>
                     </w:sdtContent>
                   </w:sdt>
                   <w:r w:rsidR="00622FC7" w:rsidRPr="008A241C">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                       <w:b/>
                       <w:bCs/>
                       <w:spacing w:val="0"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:eastAsia="bg-BG"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> </w:t>
                   </w:r>
                   <w:r w:rsidR="00622FC7" w:rsidRPr="008A241C">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Frutiger Next for EVN Light"/>
@@ -18711,181 +18991,181 @@
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
                   </w:r>
                   <w:r w:rsidR="008A3B54" w:rsidRPr="00A73F5A">
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                   </w:r>
                   <w:r w:rsidR="008A3B54" w:rsidRPr="00A73F5A">
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="separate"/>
                   </w:r>
                   <w:r w:rsidR="008A3B54" w:rsidRPr="00A73F5A">
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t>…</w:t>
                   </w:r>
-                  <w:r w:rsidR="008A3B54">
+                  <w:r w:rsidR="008A3B54" w:rsidRPr="0095066B">
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
-                      <w:lang w:val="en-US"/>
                     </w:rPr>
                     <w:t>………..</w:t>
                   </w:r>
                   <w:r w:rsidR="008A3B54" w:rsidRPr="00A73F5A">
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t>…….</w:t>
                   </w:r>
                   <w:r w:rsidR="008A3B54" w:rsidRPr="00A73F5A">
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                   <w:r w:rsidR="008A3B54" w:rsidRPr="008A241C">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                       <w:i/>
                       <w:iCs/>
                       <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                       <w:spacing w:val="0"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                       <w:lang w:eastAsia="bg-BG"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> </w:t>
                   </w:r>
                   <w:r w:rsidR="00622FC7" w:rsidRPr="008A241C">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                       <w:i/>
                       <w:iCs/>
                       <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                       <w:spacing w:val="0"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                       <w:lang w:eastAsia="bg-BG"/>
                     </w:rPr>
                     <w:t>(посочете</w:t>
                   </w:r>
-                  <w:r w:rsidR="008A3B54">
+                  <w:r w:rsidR="008A3B54" w:rsidRPr="0095066B">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                       <w:i/>
                       <w:iCs/>
                       <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                       <w:spacing w:val="0"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
-                      <w:lang w:val="en-US" w:eastAsia="bg-BG"/>
+                      <w:lang w:eastAsia="bg-BG"/>
                     </w:rPr>
                     <w:t>)</w:t>
                   </w:r>
                 </w:p>
                 <w:p w14:paraId="684574ED" w14:textId="6B6DE70D" w:rsidR="00002FB5" w:rsidRPr="00A73F5A" w:rsidRDefault="00002FB5" w:rsidP="005A48A0">
                   <w:pPr>
                     <w:contextualSpacing/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                       <w:spacing w:val="0"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="bg-BG"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
                 <w:p w14:paraId="2A770E71" w14:textId="5500B85A" w:rsidR="00B253C0" w:rsidRPr="00A73F5A" w:rsidRDefault="00B253C0" w:rsidP="00B253C0">
                   <w:pPr>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:b/>
                       <w:i/>
                       <w:iCs/>
                       <w:color w:val="00B050"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:u w:val="single"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00A73F5A">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:b/>
                       <w:i/>
                       <w:iCs/>
                       <w:color w:val="00B050"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:u w:val="single"/>
                     </w:rPr>
                     <w:lastRenderedPageBreak/>
                     <w:t>1.4. Временно електроснабдяване за нуждите на строителството на обекта:</w:t>
                   </w:r>
                 </w:p>
-                <w:p w14:paraId="0C30A8A8" w14:textId="1A156751" w:rsidR="00B253C0" w:rsidRPr="00A73F5A" w:rsidRDefault="000D1DB9" w:rsidP="00B253C0">
+                <w:p w14:paraId="0C30A8A8" w14:textId="1A156751" w:rsidR="00B253C0" w:rsidRPr="00A73F5A" w:rsidRDefault="00E842CD" w:rsidP="00B253C0">
                   <w:pPr>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:bCs/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                   </w:pPr>
                   <w:sdt>
                     <w:sdtPr>
                       <w:rPr>
                         <w:rFonts w:cs="Arial"/>
                         <w:b/>
                         <w:sz w:val="24"/>
                         <w:szCs w:val="24"/>
                       </w:rPr>
                       <w:id w:val="592984988"/>
                       <w14:checkbox>
                         <w14:checked w14:val="0"/>
                         <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                         <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                       </w14:checkbox>
                     </w:sdtPr>
+                    <w:sdtEndPr/>
                     <w:sdtContent>
-                      <w:r w:rsidRPr="00A73F5A">
+                      <w:r w:rsidR="000D1DB9" w:rsidRPr="00A73F5A">
                         <w:rPr>
                           <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                           <w:b/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                         <w:t>☐</w:t>
                       </w:r>
                     </w:sdtContent>
                   </w:sdt>
                   <w:r w:rsidR="00B253C0" w:rsidRPr="00A73F5A">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:bCs/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> желая</w:t>
                   </w:r>
                 </w:p>
                 <w:p w14:paraId="41C2DC25" w14:textId="77777777" w:rsidR="00B253C0" w:rsidRPr="00A73F5A" w:rsidRDefault="00B253C0" w:rsidP="00B253C0">
                   <w:pPr>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
@@ -19123,197 +19403,220 @@
                   <w:r w:rsidRPr="00A73F5A">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:bCs/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t>_________</w:t>
                   </w:r>
                   <w:r w:rsidRPr="00A73F5A">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:bCs/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                   <w:r w:rsidRPr="00A73F5A">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:bCs/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
-                    <w:t xml:space="preserve"> kW,</w:t>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="00A73F5A">
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="18"/>
+                    </w:rPr>
+                    <w:t>kW</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r w:rsidRPr="00A73F5A">
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="18"/>
+                    </w:rPr>
+                    <w:t>,</w:t>
                   </w:r>
                 </w:p>
                 <w:p w14:paraId="4D20D4FC" w14:textId="589716FA" w:rsidR="00B253C0" w:rsidRPr="00A73F5A" w:rsidRDefault="00B253C0" w:rsidP="00B253C0">
                   <w:pPr>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:bCs/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00A73F5A">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:bCs/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t xml:space="preserve">захранване (брой фази):  </w:t>
                   </w:r>
                   <w:sdt>
                     <w:sdtPr>
                       <w:rPr>
                         <w:rFonts w:cs="Arial"/>
                         <w:b/>
                         <w:sz w:val="24"/>
                         <w:szCs w:val="24"/>
                       </w:rPr>
                       <w:id w:val="-1924336877"/>
                       <w14:checkbox>
                         <w14:checked w14:val="0"/>
                         <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                         <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                       </w14:checkbox>
                     </w:sdtPr>
+                    <w:sdtEndPr/>
                     <w:sdtContent>
                       <w:r w:rsidR="000D1DB9" w:rsidRPr="00A73F5A">
                         <w:rPr>
                           <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                           <w:b/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                         <w:t>☐</w:t>
                       </w:r>
                     </w:sdtContent>
                   </w:sdt>
                   <w:r w:rsidR="000D1DB9" w:rsidRPr="00A73F5A">
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="00A73F5A">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:bCs/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t xml:space="preserve">монофазно,    </w:t>
                   </w:r>
                   <w:sdt>
                     <w:sdtPr>
                       <w:rPr>
                         <w:rFonts w:cs="Arial"/>
                         <w:b/>
                         <w:sz w:val="24"/>
                         <w:szCs w:val="24"/>
                       </w:rPr>
                       <w:id w:val="1094599084"/>
                       <w14:checkbox>
                         <w14:checked w14:val="0"/>
                         <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                         <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                       </w14:checkbox>
                     </w:sdtPr>
+                    <w:sdtEndPr/>
                     <w:sdtContent>
                       <w:r w:rsidR="000D1DB9" w:rsidRPr="00A73F5A">
                         <w:rPr>
                           <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                           <w:b/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                         <w:t>☐</w:t>
                       </w:r>
                     </w:sdtContent>
                   </w:sdt>
                   <w:r w:rsidR="000D1DB9" w:rsidRPr="00A73F5A">
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="00A73F5A">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:bCs/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t>трифазно;</w:t>
                   </w:r>
                 </w:p>
-                <w:p w14:paraId="77959EF1" w14:textId="51F01AC3" w:rsidR="00B253C0" w:rsidRPr="00A73F5A" w:rsidRDefault="000D1DB9" w:rsidP="00B253C0">
+                <w:p w14:paraId="77959EF1" w14:textId="51F01AC3" w:rsidR="00B253C0" w:rsidRPr="00A73F5A" w:rsidRDefault="00E842CD" w:rsidP="00B253C0">
                   <w:pPr>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:bCs/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                   </w:pPr>
                   <w:sdt>
                     <w:sdtPr>
                       <w:rPr>
                         <w:rFonts w:cs="Arial"/>
                         <w:b/>
                         <w:sz w:val="24"/>
                         <w:szCs w:val="24"/>
                       </w:rPr>
                       <w:id w:val="-237239390"/>
                       <w14:checkbox>
                         <w14:checked w14:val="0"/>
                         <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                         <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                       </w14:checkbox>
                     </w:sdtPr>
+                    <w:sdtEndPr/>
                     <w:sdtContent>
-                      <w:r w:rsidRPr="00A73F5A">
+                      <w:r w:rsidR="000D1DB9" w:rsidRPr="00A73F5A">
                         <w:rPr>
                           <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                           <w:b/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                         <w:t>☐</w:t>
                       </w:r>
                     </w:sdtContent>
                   </w:sdt>
-                  <w:r w:rsidRPr="00A73F5A">
+                  <w:r w:rsidR="000D1DB9" w:rsidRPr="00A73F5A">
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> </w:t>
                   </w:r>
                   <w:r w:rsidR="00B253C0" w:rsidRPr="00A73F5A">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:bCs/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t>не желая</w:t>
                   </w:r>
                 </w:p>
                 <w:p w14:paraId="2685B2E2" w14:textId="41FF8DF2" w:rsidR="008B4120" w:rsidRPr="00A73F5A" w:rsidRDefault="008B4120" w:rsidP="006D20D3">
                   <w:pPr>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                       <w:spacing w:val="0"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="bg-BG"/>
@@ -21257,162 +21560,165 @@
             </w:r>
             <w:r w:rsidR="00DA4FE5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-993173781"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00DA4FE5" w:rsidRPr="00A73F5A">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00DA4FE5" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>нов обект</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1154B1AF" w14:textId="417958FF" w:rsidR="00120827" w:rsidRPr="00A73F5A" w:rsidRDefault="00DA4FE5" w:rsidP="00561F24">
+          <w:p w14:paraId="1154B1AF" w14:textId="417958FF" w:rsidR="00120827" w:rsidRPr="00A73F5A" w:rsidRDefault="00E842CD" w:rsidP="00561F24">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="775137868"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="00A73F5A">
+                <w:r w:rsidR="00DA4FE5" w:rsidRPr="00A73F5A">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00B92D36" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00120827" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>обособяване на нов обект със самостоятелно измерване на електрическата енергия чрез отделяне от присъединен обект;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="79314210" w14:textId="36F83BAE" w:rsidR="00120827" w:rsidRPr="00A73F5A" w:rsidRDefault="00DA4FE5" w:rsidP="00561F24">
+          <w:p w14:paraId="79314210" w14:textId="36F83BAE" w:rsidR="00120827" w:rsidRPr="00A73F5A" w:rsidRDefault="00E842CD" w:rsidP="00561F24">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1895467346"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="00A73F5A">
+                <w:r w:rsidR="00DA4FE5" w:rsidRPr="00A73F5A">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00120827" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Gothic" w:cs="Segoe UI Symbol"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00120827" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -21511,451 +21817,457 @@
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>присъединен</w:t>
             </w:r>
             <w:r w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve"> обект</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7F1CEB7E" w14:textId="2556AC0F" w:rsidR="00120827" w:rsidRPr="00A73F5A" w:rsidRDefault="00DA4FE5" w:rsidP="00561F24">
+          <w:p w14:paraId="7F1CEB7E" w14:textId="2556AC0F" w:rsidR="00120827" w:rsidRPr="00A73F5A" w:rsidRDefault="00E842CD" w:rsidP="00561F24">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="bg-BG"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1602139833"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="00A73F5A">
+                <w:r w:rsidR="00DA4FE5" w:rsidRPr="00A73F5A">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00120827" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="bg-BG"/>
               </w:rPr>
               <w:t xml:space="preserve"> разширение/преустройство по реда на </w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r w:rsidR="00120827" w:rsidRPr="00A73F5A">
                 <w:rPr>
                   <w:rFonts w:eastAsia="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:spacing w:val="0"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                   <w:lang w:eastAsia="bg-BG"/>
                 </w:rPr>
                 <w:t>ЗУТ</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00120827" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="bg-BG"/>
               </w:rPr>
               <w:t xml:space="preserve"> с промяна на инсталираната мощност;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2CB9D012" w14:textId="66C98467" w:rsidR="00120827" w:rsidRPr="00A73F5A" w:rsidRDefault="00DA4FE5" w:rsidP="00561F24">
+          <w:p w14:paraId="2CB9D012" w14:textId="66C98467" w:rsidR="00120827" w:rsidRPr="00A73F5A" w:rsidRDefault="00E842CD" w:rsidP="00561F24">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="bg-BG"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1687551869"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="00A73F5A">
+                <w:r w:rsidR="00DA4FE5" w:rsidRPr="00A73F5A">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="00A73F5A">
+            <w:r w:rsidR="00DA4FE5" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00120827" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="bg-BG"/>
               </w:rPr>
               <w:t>модернизация с увеличение на инсталираната мощност;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6F70055F" w14:textId="19119FF5" w:rsidR="00120827" w:rsidRPr="00A73F5A" w:rsidRDefault="00DA4FE5" w:rsidP="00561F24">
+          <w:p w14:paraId="6F70055F" w14:textId="19119FF5" w:rsidR="00120827" w:rsidRPr="00A73F5A" w:rsidRDefault="00E842CD" w:rsidP="00561F24">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="bg-BG"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1065688389"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="00A73F5A">
+                <w:r w:rsidR="00DA4FE5" w:rsidRPr="00A73F5A">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="00A73F5A">
+            <w:r w:rsidR="00DA4FE5" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00120827" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="bg-BG"/>
               </w:rPr>
               <w:t xml:space="preserve">при промяна на вида и технологията на </w:t>
             </w:r>
             <w:r w:rsidR="002D54DB" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="bg-BG"/>
               </w:rPr>
               <w:t>съхранение</w:t>
             </w:r>
             <w:r w:rsidR="00120827" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="bg-BG"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="378B0E9D" w14:textId="53430CE7" w:rsidR="00120827" w:rsidRPr="00A73F5A" w:rsidRDefault="00DA4FE5" w:rsidP="00561F24">
+          <w:p w14:paraId="378B0E9D" w14:textId="53430CE7" w:rsidR="00120827" w:rsidRPr="00A73F5A" w:rsidRDefault="00E842CD" w:rsidP="00561F24">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="bg-BG"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1249620110"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="00A73F5A">
+                <w:r w:rsidR="00DA4FE5" w:rsidRPr="00A73F5A">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00120827" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="bg-BG"/>
               </w:rPr>
               <w:t xml:space="preserve"> увеличаване на общата инсталирана мощност на изградено или поставено несамостоятелно съоръжение или инсталация </w:t>
             </w:r>
             <w:r w:rsidR="002D54DB" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="bg-BG"/>
               </w:rPr>
               <w:t xml:space="preserve">за съхранение </w:t>
             </w:r>
             <w:r w:rsidR="00120827" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="bg-BG"/>
               </w:rPr>
               <w:t>към/в присъединен обект за потребление;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6CBC75AC" w14:textId="5933D131" w:rsidR="00120827" w:rsidRPr="00A73F5A" w:rsidRDefault="00DA4FE5" w:rsidP="00561F24">
+          <w:p w14:paraId="6CBC75AC" w14:textId="5933D131" w:rsidR="00120827" w:rsidRPr="00A73F5A" w:rsidRDefault="00E842CD" w:rsidP="00561F24">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="bg-BG"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1310165334"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="00A73F5A">
+                <w:r w:rsidR="00DA4FE5" w:rsidRPr="00A73F5A">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="00A73F5A">
+            <w:r w:rsidR="00DA4FE5" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00120827" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="bg-BG"/>
               </w:rPr>
               <w:t xml:space="preserve">започване отдаването на електрическа енергия в мрежата от несамостоятелно съоръжение или инсталация за </w:t>
             </w:r>
             <w:r w:rsidR="00120827" w:rsidRPr="00CE1843">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="bg-BG"/>
               </w:rPr>
               <w:t>производство само</w:t>
             </w:r>
             <w:r w:rsidR="00120827" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="bg-BG"/>
               </w:rPr>
               <w:t xml:space="preserve"> за собствено потребление, изградено или поставено към/в присъединен обект за потребление;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4E2255DE" w14:textId="10432565" w:rsidR="00F4671A" w:rsidRPr="00A73F5A" w:rsidRDefault="00DA4FE5" w:rsidP="00F4671A">
+          <w:p w14:paraId="4E2255DE" w14:textId="10432565" w:rsidR="00F4671A" w:rsidRPr="00A73F5A" w:rsidRDefault="00E842CD" w:rsidP="00F4671A">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="bg-BG"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1405484073"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="00A73F5A">
+                <w:r w:rsidR="00DA4FE5" w:rsidRPr="00A73F5A">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00F4671A" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00F4671A" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="18"/>
@@ -22094,50 +22406,51 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">            </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="385609685"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00DA4FE5" w:rsidRPr="00A73F5A">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00DA4FE5" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Да </w:t>
@@ -22241,50 +22554,51 @@
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:tab/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1955781126"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00DA4FE5" w:rsidRPr="00A73F5A">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00DA4FE5" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Не  </w:t>
@@ -22317,50 +22631,51 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">            </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="151183828"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00DA4FE5" w:rsidRPr="00A73F5A">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Да </w:t>
             </w:r>
             <w:r w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:tab/>
@@ -22457,50 +22772,51 @@
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:tab/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-280339244"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00DA4FE5" w:rsidRPr="00A73F5A">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Не  </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="32A919DD" w14:textId="05F67135" w:rsidR="00120827" w:rsidRPr="00A73F5A" w:rsidRDefault="00120827" w:rsidP="00561F24">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
@@ -22526,50 +22842,51 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">            </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="652030205"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00DA4FE5" w:rsidRPr="00A73F5A">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00DA4FE5" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Да </w:t>
@@ -22635,88 +22952,88 @@
               <w:t>…</w:t>
             </w:r>
             <w:r w:rsidR="00A83949" w:rsidRPr="00F14155">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>……</w:t>
             </w:r>
             <w:r w:rsidR="00A83949" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="00A83949" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidR="00A83949">
-[...3 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidR="00A83949" w:rsidRPr="0095066B">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:tab/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1332218770"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00DA4FE5" w:rsidRPr="00A73F5A">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00DA4FE5" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Не  </w:t>
@@ -23043,110 +23360,111 @@
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00471441" w:rsidRPr="006D20D3">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>);</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0B9D9C0B" w14:textId="2A65A8D1" w:rsidR="003F464F" w:rsidRPr="006D20D3" w:rsidRDefault="005C372A" w:rsidP="006D20D3">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="6" w:name="_Hlk164772435"/>
+            <w:bookmarkStart w:id="8" w:name="_Hlk164772435"/>
             <w:r w:rsidRPr="00810CF4">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">начин на свързване на </w:t>
             </w:r>
             <w:r w:rsidR="00534E31">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>обекта за съхранение</w:t>
             </w:r>
             <w:r w:rsidRPr="00810CF4">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="003F464F" w:rsidRPr="006D20D3">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>(попълва се само когато обектът за съхранение се изгражда към  присъединен обект за производство или за производство и потребление)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="359834B3" w14:textId="1AEC60D6" w:rsidR="00A73F5A" w:rsidRDefault="00DA4FE5" w:rsidP="00A73F5A">
+          <w:p w14:paraId="359834B3" w14:textId="1AEC60D6" w:rsidR="00A73F5A" w:rsidRDefault="00E842CD" w:rsidP="00A73F5A">
             <w:pPr>
               <w:ind w:left="233" w:hanging="8"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1475205958"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="00A73F5A">
+                <w:r w:rsidR="00DA4FE5" w:rsidRPr="00A73F5A">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="005C372A" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="005F1EF7">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>към</w:t>
             </w:r>
             <w:r w:rsidR="005F1EF7" w:rsidRPr="00A73F5A">
@@ -23205,86 +23523,87 @@
               </w:rPr>
               <w:t xml:space="preserve">производство </w:t>
             </w:r>
             <w:r w:rsidR="00A73F5A">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(чрез</w:t>
             </w:r>
             <w:r w:rsidR="001E1E2F" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> общи инвертори с тези на обекта</w:t>
             </w:r>
             <w:r w:rsidR="00A73F5A">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> за производство)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5AF941AC" w14:textId="05883315" w:rsidR="005C372A" w:rsidRPr="00A73F5A" w:rsidRDefault="00DA4FE5" w:rsidP="00A73F5A">
+          <w:p w14:paraId="5AF941AC" w14:textId="05883315" w:rsidR="005C372A" w:rsidRPr="00A73F5A" w:rsidRDefault="00E842CD" w:rsidP="00A73F5A">
             <w:pPr>
               <w:ind w:left="233" w:hanging="8"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-756058318"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="00A73F5A">
+                <w:r w:rsidR="00DA4FE5" w:rsidRPr="00A73F5A">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="00A73F5A">
+            <w:r w:rsidR="00DA4FE5" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="005F1EF7">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>към</w:t>
             </w:r>
             <w:r w:rsidR="005F1EF7" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="005C372A" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -23483,160 +23802,162 @@
                 <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00471441" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>(моля опишете)</w:t>
             </w:r>
             <w:r w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="6"/>
+          <w:bookmarkEnd w:id="8"/>
           <w:p w14:paraId="562F9534" w14:textId="77777777" w:rsidR="006D20D3" w:rsidRPr="00A73F5A" w:rsidRDefault="006D20D3" w:rsidP="00B92D36">
             <w:pPr>
               <w:ind w:firstLine="225"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="49616F6D" w14:textId="77777777" w:rsidR="00120827" w:rsidRPr="00A73F5A" w:rsidRDefault="00120827" w:rsidP="00561F24">
             <w:pPr>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>1.3.3. Резервен източник на електрическа енергия</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="39FC7EFE" w14:textId="6C8AE16F" w:rsidR="00120827" w:rsidRPr="00A73F5A" w:rsidRDefault="00DA4FE5" w:rsidP="00561F24">
+          <w:p w14:paraId="39FC7EFE" w14:textId="6C8AE16F" w:rsidR="00120827" w:rsidRPr="00A73F5A" w:rsidRDefault="00E842CD" w:rsidP="00561F24">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1939950818"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="00A73F5A">
+                <w:r w:rsidR="00DA4FE5" w:rsidRPr="00A73F5A">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00120827" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Не </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="26A09A4F" w14:textId="44ED5220" w:rsidR="00120827" w:rsidRPr="00A73F5A" w:rsidRDefault="00DA4FE5" w:rsidP="00561F24">
+          <w:p w14:paraId="26A09A4F" w14:textId="44ED5220" w:rsidR="00120827" w:rsidRPr="00A73F5A" w:rsidRDefault="00E842CD" w:rsidP="00561F24">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="110788539"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="00A73F5A">
+                <w:r w:rsidR="00DA4FE5" w:rsidRPr="00A73F5A">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="00A73F5A">
+            <w:r w:rsidR="00DA4FE5" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00120827" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Да </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7A4C9FD6" w14:textId="2E561726" w:rsidR="00120827" w:rsidRPr="00A73F5A" w:rsidRDefault="00120827" w:rsidP="00561F24">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:sz w:val="18"/>
@@ -24268,128 +24589,130 @@
             <w:r w:rsidR="00B92D36" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Съхранената</w:t>
             </w:r>
             <w:r w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve"> от обекта електрическа енергия: </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="39AEFE89" w14:textId="4C953455" w:rsidR="00120827" w:rsidRPr="00A73F5A" w:rsidRDefault="00DA4FE5" w:rsidP="00561F24">
+          <w:p w14:paraId="39AEFE89" w14:textId="4C953455" w:rsidR="00120827" w:rsidRPr="00A73F5A" w:rsidRDefault="00E842CD" w:rsidP="00561F24">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="513801494"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="00A73F5A">
+                <w:r w:rsidR="00DA4FE5" w:rsidRPr="00A73F5A">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="00A73F5A">
+            <w:r w:rsidR="00DA4FE5" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00120827" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ще отдава в мрежата;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="69FA4D4E" w14:textId="130D1D37" w:rsidR="00120827" w:rsidRPr="00A73F5A" w:rsidRDefault="00DA4FE5" w:rsidP="00561F24">
+          <w:p w14:paraId="69FA4D4E" w14:textId="130D1D37" w:rsidR="00120827" w:rsidRPr="00A73F5A" w:rsidRDefault="00E842CD" w:rsidP="00561F24">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1356270885"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="00A73F5A">
+                <w:r w:rsidR="00DA4FE5" w:rsidRPr="00A73F5A">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00120827" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00120827" w:rsidRPr="00A73F5A">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>няма да се отдава в мрежа.</w:t>
@@ -24592,52 +24915,62 @@
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t>.</w:t>
                   </w:r>
                   <w:r w:rsidR="0065245F" w:rsidRPr="00A73F5A">
                     <w:rPr>
                       <w:noProof/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t>.</w:t>
                   </w:r>
                   <w:r w:rsidR="0065245F" w:rsidRPr="00A73F5A">
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                   <w:r w:rsidRPr="00A73F5A">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
-                    <w:t xml:space="preserve"> kW</w:t>
+                    <w:t xml:space="preserve"> </w:t>
                   </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="00A73F5A">
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="18"/>
+                    </w:rPr>
+                    <w:t>kW</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
                   <w:r w:rsidR="003F464F">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="00086441" w:rsidRPr="00A73F5A" w14:paraId="2341B765" w14:textId="77777777" w:rsidTr="00E4279E">
               <w:trPr>
                 <w:trHeight w:val="3849"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="9242" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w14:paraId="57A2D48D" w14:textId="1F4C9AD7" w:rsidR="00160582" w:rsidRPr="0001169E" w:rsidRDefault="0001169E" w:rsidP="0001169E">
                   <w:pPr>
                     <w:rPr>
                       <w:bCs/>
                       <w:i/>
                       <w:iCs/>
@@ -24825,51 +25158,73 @@
                     <w:t>.</w:t>
                   </w:r>
                   <w:r w:rsidR="0065245F" w:rsidRPr="00A73F5A">
                     <w:rPr>
                       <w:noProof/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t>.</w:t>
                   </w:r>
                   <w:r w:rsidR="0065245F" w:rsidRPr="00A73F5A">
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                   <w:r w:rsidRPr="006D20D3">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                       <w:spacing w:val="0"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                       <w:lang w:eastAsia="bg-BG"/>
                     </w:rPr>
-                    <w:t xml:space="preserve"> kW </w:t>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="006D20D3">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                      <w:spacing w:val="0"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="bg-BG"/>
+                    </w:rPr>
+                    <w:t>kW</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r w:rsidRPr="006D20D3">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                      <w:spacing w:val="0"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="bg-BG"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
                   </w:r>
                 </w:p>
                 <w:p w14:paraId="6D002B64" w14:textId="48DC5AE4" w:rsidR="0053050C" w:rsidRPr="000E5EC8" w:rsidRDefault="006D20D3" w:rsidP="00160582">
                   <w:pPr>
                     <w:contextualSpacing/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                       <w:i/>
                       <w:iCs/>
                       <w:color w:val="FF0000"/>
                       <w:spacing w:val="0"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                       <w:lang w:eastAsia="bg-BG"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="0001169E">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t>заявена допълнителна инсталирана мощност (АС)</w:t>
                   </w:r>
@@ -24984,52 +25339,62 @@
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                       <w:noProof/>
                       <w:spacing w:val="0"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="bg-BG"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="0001169E">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                       <w:spacing w:val="0"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="bg-BG"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                   <w:r w:rsidRPr="0001169E">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
-                    <w:t xml:space="preserve"> kW</w:t>
+                    <w:t xml:space="preserve"> </w:t>
                   </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="0001169E">
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="18"/>
+                    </w:rPr>
+                    <w:t>kW</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
                 </w:p>
                 <w:p w14:paraId="05199824" w14:textId="63E43740" w:rsidR="00086441" w:rsidRPr="00A73F5A" w:rsidRDefault="00086441" w:rsidP="00086441">
                   <w:pPr>
                     <w:ind w:left="-30" w:hanging="30"/>
                     <w:rPr>
                       <w:bCs/>
                       <w:i/>
                       <w:iCs/>
                       <w:color w:val="0070C0"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:u w:val="single"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00A73F5A">
                     <w:rPr>
                       <w:bCs/>
                       <w:i/>
                       <w:iCs/>
                       <w:color w:val="0070C0"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:u w:val="single"/>
                     </w:rPr>
                     <w:t xml:space="preserve">1.3.7. Разположение на </w:t>
@@ -25037,157 +25402,159 @@
                   <w:r w:rsidR="00E4279E" w:rsidRPr="00A73F5A">
                     <w:rPr>
                       <w:bCs/>
                       <w:i/>
                       <w:iCs/>
                       <w:color w:val="0070C0"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:u w:val="single"/>
                     </w:rPr>
                     <w:t>обекта</w:t>
                   </w:r>
                   <w:r w:rsidRPr="00A73F5A">
                     <w:rPr>
                       <w:bCs/>
                       <w:i/>
                       <w:iCs/>
                       <w:color w:val="0070C0"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:u w:val="single"/>
                     </w:rPr>
                     <w:t>:</w:t>
                   </w:r>
                 </w:p>
-                <w:p w14:paraId="41EE59B2" w14:textId="3867B77B" w:rsidR="00086441" w:rsidRPr="00A73F5A" w:rsidRDefault="00DA4FE5" w:rsidP="00561F24">
+                <w:p w14:paraId="41EE59B2" w14:textId="3867B77B" w:rsidR="00086441" w:rsidRPr="00A73F5A" w:rsidRDefault="00E842CD" w:rsidP="00561F24">
                   <w:pPr>
                     <w:contextualSpacing/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                       <w:spacing w:val="0"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="bg-BG"/>
                     </w:rPr>
                   </w:pPr>
                   <w:sdt>
                     <w:sdtPr>
                       <w:rPr>
                         <w:rFonts w:cs="Arial"/>
                         <w:b/>
                         <w:sz w:val="24"/>
                         <w:szCs w:val="24"/>
                       </w:rPr>
                       <w:id w:val="-1380624049"/>
                       <w14:checkbox>
                         <w14:checked w14:val="0"/>
                         <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                         <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                       </w14:checkbox>
                     </w:sdtPr>
+                    <w:sdtEndPr/>
                     <w:sdtContent>
-                      <w:r w:rsidRPr="00A73F5A">
+                      <w:r w:rsidR="00DA4FE5" w:rsidRPr="00A73F5A">
                         <w:rPr>
                           <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                           <w:b/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                         <w:t>☐</w:t>
                       </w:r>
                     </w:sdtContent>
                   </w:sdt>
-                  <w:r w:rsidRPr="00A73F5A">
+                  <w:r w:rsidR="00DA4FE5" w:rsidRPr="00A73F5A">
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> </w:t>
                   </w:r>
                   <w:r w:rsidR="00086441" w:rsidRPr="00A73F5A">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                       <w:spacing w:val="0"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="bg-BG"/>
                     </w:rPr>
                     <w:t xml:space="preserve">на </w:t>
                   </w:r>
                   <w:r w:rsidR="00E4279E" w:rsidRPr="00A73F5A">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                       <w:spacing w:val="0"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="bg-BG"/>
                     </w:rPr>
                     <w:t>открито</w:t>
                   </w:r>
                 </w:p>
-                <w:p w14:paraId="78EB1906" w14:textId="62B35FA8" w:rsidR="00086441" w:rsidRPr="00A73F5A" w:rsidRDefault="00DA4FE5" w:rsidP="00561F24">
+                <w:p w14:paraId="78EB1906" w14:textId="62B35FA8" w:rsidR="00086441" w:rsidRPr="00A73F5A" w:rsidRDefault="00E842CD" w:rsidP="00561F24">
                   <w:pPr>
                     <w:contextualSpacing/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                       <w:spacing w:val="0"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="bg-BG"/>
                     </w:rPr>
                   </w:pPr>
                   <w:sdt>
                     <w:sdtPr>
                       <w:rPr>
                         <w:rFonts w:cs="Arial"/>
                         <w:b/>
                         <w:sz w:val="24"/>
                         <w:szCs w:val="24"/>
                       </w:rPr>
                       <w:id w:val="-90552705"/>
                       <w14:checkbox>
                         <w14:checked w14:val="0"/>
                         <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                         <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                       </w14:checkbox>
                     </w:sdtPr>
+                    <w:sdtEndPr/>
                     <w:sdtContent>
-                      <w:r w:rsidRPr="00A73F5A">
+                      <w:r w:rsidR="00DA4FE5" w:rsidRPr="00A73F5A">
                         <w:rPr>
                           <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                           <w:b/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                         <w:t>☐</w:t>
                       </w:r>
                     </w:sdtContent>
                   </w:sdt>
-                  <w:r w:rsidRPr="00A73F5A">
+                  <w:r w:rsidR="00DA4FE5" w:rsidRPr="00A73F5A">
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> </w:t>
                   </w:r>
                   <w:r w:rsidR="00086441" w:rsidRPr="00A73F5A">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                       <w:spacing w:val="0"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="bg-BG"/>
                     </w:rPr>
                     <w:t>в</w:t>
                   </w:r>
                   <w:r w:rsidR="00E4279E" w:rsidRPr="00A73F5A">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                       <w:spacing w:val="0"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="bg-BG"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> закрити помещения на сгради:</w:t>
@@ -25521,88 +25888,89 @@
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:b/>
                       <w:i/>
                       <w:iCs/>
                       <w:color w:val="00B050"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:u w:val="single"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00A73F5A">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:b/>
                       <w:i/>
                       <w:iCs/>
                       <w:color w:val="0070C0"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:u w:val="single"/>
                     </w:rPr>
                     <w:t>1.4. Временно електроснабдяване за нуждите на строителството на обекта:</w:t>
                   </w:r>
                 </w:p>
-                <w:p w14:paraId="16266770" w14:textId="236E4C75" w:rsidR="00086441" w:rsidRPr="00A73F5A" w:rsidRDefault="00DA4FE5" w:rsidP="00561F24">
+                <w:p w14:paraId="16266770" w14:textId="236E4C75" w:rsidR="00086441" w:rsidRPr="00A73F5A" w:rsidRDefault="00E842CD" w:rsidP="00561F24">
                   <w:pPr>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:bCs/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                   </w:pPr>
                   <w:sdt>
                     <w:sdtPr>
                       <w:rPr>
                         <w:rFonts w:cs="Arial"/>
                         <w:b/>
                         <w:sz w:val="24"/>
                         <w:szCs w:val="24"/>
                       </w:rPr>
                       <w:id w:val="-757823752"/>
                       <w14:checkbox>
                         <w14:checked w14:val="0"/>
                         <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                         <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                       </w14:checkbox>
                     </w:sdtPr>
+                    <w:sdtEndPr/>
                     <w:sdtContent>
-                      <w:r w:rsidRPr="00A73F5A">
+                      <w:r w:rsidR="00DA4FE5" w:rsidRPr="00A73F5A">
                         <w:rPr>
                           <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                           <w:b/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                         <w:t>☐</w:t>
                       </w:r>
                     </w:sdtContent>
                   </w:sdt>
-                  <w:r w:rsidRPr="00A73F5A">
+                  <w:r w:rsidR="00DA4FE5" w:rsidRPr="00A73F5A">
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> </w:t>
                   </w:r>
                   <w:r w:rsidR="00086441" w:rsidRPr="00A73F5A">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:bCs/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t>желая</w:t>
                   </w:r>
                 </w:p>
                 <w:p w14:paraId="5A5AEA89" w14:textId="690B58B5" w:rsidR="00086441" w:rsidRPr="00A73F5A" w:rsidRDefault="00086441" w:rsidP="00561F24">
                   <w:pPr>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:bCs/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
@@ -25862,198 +26230,221 @@
                   <w:r w:rsidRPr="00A73F5A">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:bCs/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t>_________</w:t>
                   </w:r>
                   <w:r w:rsidRPr="00A73F5A">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:bCs/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                   <w:r w:rsidRPr="00A73F5A">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:bCs/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
-                    <w:t xml:space="preserve"> kW,</w:t>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="00A73F5A">
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="18"/>
+                    </w:rPr>
+                    <w:t>kW</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r w:rsidRPr="00A73F5A">
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="18"/>
+                    </w:rPr>
+                    <w:t>,</w:t>
                   </w:r>
                 </w:p>
                 <w:p w14:paraId="1094ABEF" w14:textId="50E1A829" w:rsidR="00086441" w:rsidRPr="00A73F5A" w:rsidRDefault="00086441" w:rsidP="00561F24">
                   <w:pPr>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:bCs/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00A73F5A">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:bCs/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t xml:space="preserve">захранване (брой фази):  </w:t>
                   </w:r>
                   <w:sdt>
                     <w:sdtPr>
                       <w:rPr>
                         <w:rFonts w:cs="Arial"/>
                         <w:b/>
                         <w:sz w:val="24"/>
                         <w:szCs w:val="24"/>
                       </w:rPr>
                       <w:id w:val="-743028842"/>
                       <w14:checkbox>
                         <w14:checked w14:val="0"/>
                         <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                         <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                       </w14:checkbox>
                     </w:sdtPr>
+                    <w:sdtEndPr/>
                     <w:sdtContent>
                       <w:r w:rsidR="00DA4FE5" w:rsidRPr="00A73F5A">
                         <w:rPr>
                           <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                           <w:b/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                         <w:t>☐</w:t>
                       </w:r>
                     </w:sdtContent>
                   </w:sdt>
                   <w:r w:rsidR="00DA4FE5" w:rsidRPr="00A73F5A">
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="00A73F5A">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:bCs/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t xml:space="preserve">монофазно,    </w:t>
                   </w:r>
                   <w:sdt>
                     <w:sdtPr>
                       <w:rPr>
                         <w:rFonts w:cs="Arial"/>
                         <w:b/>
                         <w:sz w:val="24"/>
                         <w:szCs w:val="24"/>
                       </w:rPr>
                       <w:id w:val="-1834903138"/>
                       <w14:checkbox>
                         <w14:checked w14:val="0"/>
                         <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                         <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                       </w14:checkbox>
                     </w:sdtPr>
+                    <w:sdtEndPr/>
                     <w:sdtContent>
                       <w:r w:rsidR="00DA4FE5" w:rsidRPr="00A73F5A">
                         <w:rPr>
                           <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                           <w:b/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                         <w:t>☐</w:t>
                       </w:r>
                     </w:sdtContent>
                   </w:sdt>
                   <w:r w:rsidR="00DA4FE5" w:rsidRPr="00A73F5A">
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="00A73F5A">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:bCs/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t>трифазно;</w:t>
                   </w:r>
                 </w:p>
-                <w:p w14:paraId="4037443D" w14:textId="0C6DB97A" w:rsidR="00086441" w:rsidRPr="00A73F5A" w:rsidRDefault="00DA4FE5" w:rsidP="006D20D3">
+                <w:p w14:paraId="4037443D" w14:textId="0C6DB97A" w:rsidR="00086441" w:rsidRPr="00A73F5A" w:rsidRDefault="00E842CD" w:rsidP="006D20D3">
                   <w:pPr>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                       <w:spacing w:val="0"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="bg-BG"/>
                     </w:rPr>
                   </w:pPr>
                   <w:sdt>
                     <w:sdtPr>
                       <w:rPr>
                         <w:rFonts w:cs="Arial"/>
                         <w:b/>
                         <w:sz w:val="24"/>
                         <w:szCs w:val="24"/>
                       </w:rPr>
                       <w:id w:val="1740819994"/>
                       <w14:checkbox>
                         <w14:checked w14:val="0"/>
                         <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                         <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                       </w14:checkbox>
                     </w:sdtPr>
+                    <w:sdtEndPr/>
                     <w:sdtContent>
-                      <w:r w:rsidRPr="00A73F5A">
+                      <w:r w:rsidR="00DA4FE5" w:rsidRPr="00A73F5A">
                         <w:rPr>
                           <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                           <w:b/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                         <w:t>☐</w:t>
                       </w:r>
                     </w:sdtContent>
                   </w:sdt>
-                  <w:r w:rsidRPr="00A73F5A">
+                  <w:r w:rsidR="00DA4FE5" w:rsidRPr="00A73F5A">
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> </w:t>
                   </w:r>
                   <w:r w:rsidR="00086441" w:rsidRPr="00A73F5A">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:bCs/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t>не желая</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p w14:paraId="12BBEC0F" w14:textId="571F3B43" w:rsidR="00E4279E" w:rsidRPr="00B008EE" w:rsidRDefault="00120827" w:rsidP="006D20D3">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -26359,52 +26750,52 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7E371BB8" w14:textId="3C63AFD6" w:rsidR="00C907F9" w:rsidRPr="00A73F5A" w:rsidRDefault="00CB12C9" w:rsidP="00CB12C9">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A73F5A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>А. ЗА ПРИСЪЕДИНЯВАНЕ НА ОБЕКТ ЗА ПОТРЕБЛЕНИЕ НА ЕЛЕКТРИЧЕСКА ЕНЕРГИЯ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="7" w:name="_Hlk163060013"/>
-    <w:p w14:paraId="0280AC10" w14:textId="3E4A6519" w:rsidR="00C907F9" w:rsidRPr="00A73F5A" w:rsidRDefault="008A40CC" w:rsidP="00CB12C9">
+    <w:bookmarkStart w:id="9" w:name="_Hlk163060013"/>
+    <w:p w14:paraId="0280AC10" w14:textId="3E4A6519" w:rsidR="00C907F9" w:rsidRPr="00A73F5A" w:rsidRDefault="00E842CD" w:rsidP="00CB12C9">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="-203940185"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
@@ -26425,149 +26816,149 @@
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>д</w:t>
       </w:r>
       <w:r w:rsidR="00CB12C9" w:rsidRPr="00A73F5A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>окумент</w:t>
       </w:r>
       <w:r w:rsidR="00C907F9" w:rsidRPr="00A73F5A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> за собственост на имота;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2715C8EE" w14:textId="16BAE6BC" w:rsidR="00C907F9" w:rsidRPr="00A73F5A" w:rsidRDefault="008A40CC" w:rsidP="00CB12C9">
+    <w:p w14:paraId="2715C8EE" w14:textId="16BAE6BC" w:rsidR="00C907F9" w:rsidRPr="00A73F5A" w:rsidRDefault="00E842CD" w:rsidP="00CB12C9">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="-1030883909"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00C907F9" w:rsidRPr="00A73F5A">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00C907F9" w:rsidRPr="00A73F5A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>документ за учредено право на строеж в имота;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="144B1226" w14:textId="0F0DCA59" w:rsidR="00C907F9" w:rsidRPr="00A73F5A" w:rsidRDefault="008A40CC" w:rsidP="00CB12C9">
+    <w:p w14:paraId="144B1226" w14:textId="0F0DCA59" w:rsidR="00C907F9" w:rsidRPr="00A73F5A" w:rsidRDefault="00E842CD" w:rsidP="00CB12C9">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="-419718433"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00C907F9" w:rsidRPr="00A73F5A">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00C907F9" w:rsidRPr="00A73F5A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>документ за учредено вещно право на ползване на имота/обекта;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37CF9CFD" w14:textId="2D5F173C" w:rsidR="00C907F9" w:rsidRPr="00A73F5A" w:rsidRDefault="008A40CC" w:rsidP="00CB12C9">
+    <w:p w14:paraId="37CF9CFD" w14:textId="2D5F173C" w:rsidR="00C907F9" w:rsidRPr="00A73F5A" w:rsidRDefault="00E842CD" w:rsidP="00CB12C9">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="-558941378"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
@@ -26581,51 +26972,51 @@
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00CB12C9" w:rsidRPr="00A73F5A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>договор за наем</w:t>
       </w:r>
       <w:r w:rsidR="00C907F9" w:rsidRPr="00A73F5A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> на имота/обекта;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49005D4A" w14:textId="5569534E" w:rsidR="00CB12C9" w:rsidRDefault="008A40CC" w:rsidP="00CB12C9">
+    <w:p w14:paraId="49005D4A" w14:textId="5569534E" w:rsidR="00CB12C9" w:rsidRDefault="00E842CD" w:rsidP="00CB12C9">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="1703738320"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
@@ -26657,51 +27048,51 @@
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>от</w:t>
       </w:r>
       <w:r w:rsidR="00CB12C9" w:rsidRPr="00A73F5A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> собственика на имота/обекта</w:t>
       </w:r>
       <w:r w:rsidR="00C907F9" w:rsidRPr="00A73F5A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05651399" w14:textId="61ABBAEE" w:rsidR="00F4671A" w:rsidRPr="00A73F5A" w:rsidRDefault="008A40CC" w:rsidP="00CB12C9">
+    <w:p w14:paraId="05651399" w14:textId="61ABBAEE" w:rsidR="00F4671A" w:rsidRPr="00A73F5A" w:rsidRDefault="00E842CD" w:rsidP="00CB12C9">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="-670485847"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
@@ -26764,51 +27155,51 @@
       </w:r>
       <w:r w:rsidR="00F4671A" w:rsidRPr="00A73F5A">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00F4671A">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DDA0A70" w14:textId="374D920D" w:rsidR="009F4068" w:rsidRPr="00A73F5A" w:rsidRDefault="008A40CC" w:rsidP="009F4068">
+    <w:p w14:paraId="3DDA0A70" w14:textId="374D920D" w:rsidR="009F4068" w:rsidRPr="00A73F5A" w:rsidRDefault="00E842CD" w:rsidP="009F4068">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="-2111189342"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
@@ -26872,171 +27263,219 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A73F5A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Забележка:</w:t>
       </w:r>
       <w:r w:rsidRPr="00A73F5A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="8" w:name="_Hlk163062324"/>
+      <w:bookmarkStart w:id="10" w:name="_Hlk163062324"/>
       <w:r w:rsidRPr="00A73F5A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Когато представените документи са непълни или не отговарят на изискванията на действащото законодателство, ще Ви уведомим писмено в срок до пет (5) работни дни от датата на подаване на това искане. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2559CBDB" w14:textId="77777777" w:rsidR="000F452B" w:rsidRPr="00A73F5A" w:rsidRDefault="000F452B" w:rsidP="000F452B">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A73F5A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>Срокът за отстраняване на непълнотите и несъответствията в документите и/или за представяне на допълнително необходимите документи и информация е тридесет (30) дни от датата на получаване на нашето  уведомление.</w:t>
+        <w:t xml:space="preserve">Срокът за отстраняване на </w:t>
       </w:r>
-    </w:p>
-[...2 lines deleted...]
-        <w:jc w:val="both"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A73F5A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>непълнотите</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A73F5A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>Срокът за предоставяне на становище започва да тече от датата на представяне на допълнителните документи и информация.</w:t>
+        <w:t xml:space="preserve"> и несъответствията в документите и/или за представяне на допълнително необходимите документи и информация е тридесет (30) дни от датата на получаване на нашето  уведомление.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A89E7B5" w14:textId="066D11F0" w:rsidR="000F452B" w:rsidRPr="00A73F5A" w:rsidRDefault="000F452B" w:rsidP="000F452B">
+    <w:p w14:paraId="5E8334B5" w14:textId="54ED82CE" w:rsidR="000F452B" w:rsidRPr="00A73F5A" w:rsidRDefault="000F452B" w:rsidP="000F452B">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A73F5A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>Процедурата по присъединяване на обекта се прекратява, в случай че не отстраните непълнотите и несъответствията в документите или не представите допълнително необходимите документи и информация в посочения срок.</w:t>
+        <w:t>Срокът за предоставяне на становище започва да тече от датата на представяне на допълнителните документи и информация.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
+    <w:p w14:paraId="6A89E7B5" w14:textId="066D11F0" w:rsidR="000F452B" w:rsidRPr="00A73F5A" w:rsidRDefault="000F452B" w:rsidP="000F452B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A73F5A">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Процедурата по присъединяване на обекта се прекратява, в случай че не отстраните </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A73F5A">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>непълнотите</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A73F5A">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и несъответствията в документите или не представите допълнително необходимите документи и информация в посочения срок.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
     <w:p w14:paraId="43FB1B83" w14:textId="77777777" w:rsidR="00C907F9" w:rsidRPr="00A73F5A" w:rsidRDefault="00C907F9" w:rsidP="00CB12C9">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkEnd w:id="9"/>
     <w:p w14:paraId="14C92C0F" w14:textId="5CA9A6D9" w:rsidR="00C907F9" w:rsidRPr="00A73F5A" w:rsidRDefault="00C907F9" w:rsidP="00C907F9">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A73F5A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:color w:val="00B050"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Б. ЗА ПРИСЪЕДИНЯВАНЕ НА ОБЕКТ ЗА ПРОИЗВОДСТВО НА ЕЛЕКТРИЧЕСКА ЕНЕРГИЯ</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35D90246" w14:textId="77777777" w:rsidR="00C907F9" w:rsidRPr="00A73F5A" w:rsidRDefault="008A40CC" w:rsidP="00C907F9">
+    <w:p w14:paraId="35D90246" w14:textId="77777777" w:rsidR="00C907F9" w:rsidRPr="00A73F5A" w:rsidRDefault="00E842CD" w:rsidP="00C907F9">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="1007173406"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
@@ -27048,149 +27487,149 @@
               <w:bCs/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00C907F9" w:rsidRPr="00A73F5A">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>д</w:t>
       </w:r>
       <w:r w:rsidR="00C907F9" w:rsidRPr="00A73F5A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>окумент за собственост на имота;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61390760" w14:textId="77777777" w:rsidR="00C907F9" w:rsidRPr="00A73F5A" w:rsidRDefault="008A40CC" w:rsidP="00C907F9">
+    <w:p w14:paraId="61390760" w14:textId="77777777" w:rsidR="00C907F9" w:rsidRPr="00A73F5A" w:rsidRDefault="00E842CD" w:rsidP="00C907F9">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="-1375695593"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00C907F9" w:rsidRPr="00A73F5A">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00C907F9" w:rsidRPr="00A73F5A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>документ за учредено право на строеж в имота;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63DCE6CF" w14:textId="6E4C4B9A" w:rsidR="00C907F9" w:rsidRPr="00A73F5A" w:rsidRDefault="008A40CC" w:rsidP="00C907F9">
+    <w:p w14:paraId="63DCE6CF" w14:textId="6E4C4B9A" w:rsidR="00C907F9" w:rsidRPr="00A73F5A" w:rsidRDefault="00E842CD" w:rsidP="00C907F9">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="-70980837"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00ED3F71" w:rsidRPr="00A73F5A">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00C907F9" w:rsidRPr="00A73F5A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>документ за учредено вещно право на ползване на имота/обекта;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="625FBEA0" w14:textId="68DD9085" w:rsidR="00C907F9" w:rsidRPr="00A73F5A" w:rsidRDefault="008A40CC" w:rsidP="00C907F9">
+    <w:p w14:paraId="625FBEA0" w14:textId="68DD9085" w:rsidR="00C907F9" w:rsidRPr="00A73F5A" w:rsidRDefault="00E842CD" w:rsidP="00C907F9">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="-154529861"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
@@ -27202,100 +27641,120 @@
               <w:bCs/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00C907F9" w:rsidRPr="00A73F5A">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>актуална скица на имота</w:t>
       </w:r>
       <w:r w:rsidR="00ED3F71" w:rsidRPr="00A73F5A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AED9D13" w14:textId="16FE1F93" w:rsidR="00ED3F71" w:rsidRPr="00A73F5A" w:rsidRDefault="008A40CC" w:rsidP="00ED3F71">
+    <w:p w14:paraId="3AED9D13" w14:textId="16FE1F93" w:rsidR="00ED3F71" w:rsidRPr="00A73F5A" w:rsidRDefault="00E842CD" w:rsidP="00ED3F71">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="1790005529"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00ED3F71" w:rsidRPr="00A73F5A">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00ED3F71" w:rsidRPr="00A73F5A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>прогнозното производство на електрическа енергия (помесечен график) по етапи на въвеждане в експлоатация.</w:t>
+        <w:t>прогнозното производство на електрическа енергия (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00ED3F71" w:rsidRPr="00A73F5A">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>помесечен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00ED3F71" w:rsidRPr="00A73F5A">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> график) по етапи на въвеждане в експлоатация.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E820A5E" w14:textId="77777777" w:rsidR="009F4068" w:rsidRPr="00A73F5A" w:rsidRDefault="008A40CC" w:rsidP="009F4068">
+    <w:p w14:paraId="3E820A5E" w14:textId="77777777" w:rsidR="009F4068" w:rsidRPr="00A73F5A" w:rsidRDefault="00E842CD" w:rsidP="009F4068">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="2130198020"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
@@ -27464,217 +27923,377 @@
         </w:rPr>
         <w:t xml:space="preserve">огато представените документи са непълни или не отговарят на изискванията на действащото законодателство, ще Ви уведомим писмено в срок до седем (7) дни от датата на подаване на това искане. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1CB460F0" w14:textId="77777777" w:rsidR="000F452B" w:rsidRPr="00A73F5A" w:rsidRDefault="000F452B" w:rsidP="000F452B">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A73F5A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>Срокът за отстраняване на непълнотите и несъответствията в документите и/или за представяне на допълнително необходимите документи и информация е тридесет (30) дни от датата на получаване на нашето  уведомление.</w:t>
+        <w:t xml:space="preserve">Срокът за отстраняване на </w:t>
       </w:r>
-    </w:p>
-[...2 lines deleted...]
-        <w:jc w:val="both"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A73F5A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>непълнотите</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A73F5A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>Срокът за предоставяне на становище започва да тече от датата на представяне на допълнителните документи и информация.</w:t>
+        <w:t xml:space="preserve"> и несъответствията в документите и/или за представяне на допълнително необходимите документи и информация е тридесет (30) дни от датата на получаване на нашето  уведомление.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DF35ADE" w14:textId="77777777" w:rsidR="000F452B" w:rsidRPr="00A73F5A" w:rsidRDefault="000F452B" w:rsidP="000F452B">
+    <w:p w14:paraId="4EF7A7F6" w14:textId="77777777" w:rsidR="000F452B" w:rsidRPr="00A73F5A" w:rsidRDefault="000F452B" w:rsidP="000F452B">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A73F5A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>Процедурата по присъединяване на обекта се прекратява, в случай че не отстраните непълнотите и несъответствията в документите или не представите допълнително необходимите документи и информация в посочения срок.</w:t>
+        <w:t>Срокът за предоставяне на становище започва да тече от датата на представяне на допълнителните документи и информация.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77DF005D" w14:textId="41919730" w:rsidR="00F60A62" w:rsidRPr="00A73F5A" w:rsidRDefault="00F60A62" w:rsidP="00F60A62">
+    <w:p w14:paraId="0DF35ADE" w14:textId="77777777" w:rsidR="000F452B" w:rsidRPr="00A73F5A" w:rsidRDefault="000F452B" w:rsidP="000F452B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A73F5A">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Процедурата по присъединяване на обекта се прекратява, в случай че не отстраните </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A73F5A">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>непълнотите</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A73F5A">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и несъответствията в документите или не представите допълнително необходимите документи и информация в посочения срок.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77DF005D" w14:textId="59EAE9BF" w:rsidR="00F60A62" w:rsidRPr="00A73F5A" w:rsidRDefault="00F60A62" w:rsidP="00F60A62">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A73F5A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="00B050"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Важно</w:t>
       </w:r>
       <w:r w:rsidRPr="00A73F5A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="00B050"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidRPr="00A73F5A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>Моля да имате предвид, че в тримесечен срок от получаване на становище за условията за присъединяване, сте задължени да предоставите в полза на ЕР Юг гаранция под формата на депозит или банкова гаранция в размер на 50 000 лв. за всеки мегават (MW) присъединена мощност на бъдещия енергиен обект. В случай</w:t>
+        <w:t xml:space="preserve">Моля да имате предвид, че в тримесечен срок от получаване на становище за условията за присъединяване, сте задължени да предоставите в полза на ЕР Юг гаранция под формата на депозит или банкова гаранция в размер на </w:t>
       </w:r>
-      <w:r w:rsidR="00334730" w:rsidRPr="00B008EE">
+      <w:r w:rsidR="00B81742" w:rsidRPr="00B81742">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>,</w:t>
+        <w:t>50</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A73F5A">
+      <w:r w:rsidR="00B81742">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> че не предоставите дължимата гаранция в посочения срок, становището се счита за невалидно.</w:t>
+        <w:t> </w:t>
       </w:r>
-    </w:p>
-[...2 lines deleted...]
-        <w:jc w:val="both"/>
+      <w:r w:rsidR="00B81742" w:rsidRPr="00B81742">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00A73F5A">
+        <w:t xml:space="preserve">000 </w:t>
+      </w:r>
+      <w:r w:rsidR="00B81742">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>Гаранция не се изисква при модернизация на</w:t>
+        <w:t xml:space="preserve">лв. </w:t>
       </w:r>
-      <w:r w:rsidR="00F971F3" w:rsidRPr="00A73F5A">
+      <w:r w:rsidR="00B81742" w:rsidRPr="00B81742">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> присъединен </w:t>
+        <w:t xml:space="preserve">/ </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A73F5A">
+      <w:r w:rsidR="00185799" w:rsidRPr="00185799">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>обект за производство, без да се променя инсталираната мощност, както и  за инсталации за производство на електрическа енергия от възобновяеми източници или инсталации на потребители на собствена електрическа енергия и демонстрационните проекти с инсталирана електрическа мощност до 10,8 kW включително, за присъединяване, различно от трифазна връзка.</w:t>
+        <w:t xml:space="preserve">25 564,59 </w:t>
+      </w:r>
+      <w:r w:rsidR="00185799">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>евро</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A73F5A">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> за всеки мегават (MW) присъединена мощност на бъдещия енергиен обект. В случай</w:t>
+      </w:r>
+      <w:r w:rsidR="00334730" w:rsidRPr="00B008EE">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A73F5A">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> че не предоставите дължимата гаранция в посочения срок, становището се счита за невалидно.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="411DD58A" w14:textId="2D43D247" w:rsidR="00F60A62" w:rsidRPr="00A73F5A" w:rsidRDefault="00F60A62" w:rsidP="00F60A62">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A73F5A">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Гаранция не се изисква при модернизация на</w:t>
+      </w:r>
+      <w:r w:rsidR="00F971F3" w:rsidRPr="00A73F5A">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> присъединен </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A73F5A">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">обект за производство, без да се променя инсталираната мощност, както и  за инсталации за производство на електрическа енергия от възобновяеми източници или инсталации на потребители на собствена електрическа енергия и демонстрационните проекти с инсталирана електрическа мощност до 10,8 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A73F5A">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>kW</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A73F5A">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> включително, за присъединяване, различно от трифазна връзка.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C786FF0" w14:textId="77777777" w:rsidR="00C907F9" w:rsidRPr="00A73F5A" w:rsidRDefault="00C907F9" w:rsidP="00C907F9">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:color w:val="00B050"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="056495DF" w14:textId="245C2681" w:rsidR="00C907F9" w:rsidRPr="00A73F5A" w:rsidRDefault="00C907F9" w:rsidP="00C907F9">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
@@ -27687,51 +28306,51 @@
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">В. ЗА ПРИСЪЕДИНЯВАНЕ НА ОБЕКТ ЗА </w:t>
       </w:r>
       <w:r w:rsidR="00337916" w:rsidRPr="00A73F5A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>СЪХРАНЕНИЕ</w:t>
       </w:r>
       <w:r w:rsidRPr="00A73F5A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> НА ЕЛЕКТРИЧЕСКА ЕНЕРГИЯ</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7ED63598" w14:textId="77777777" w:rsidR="00C907F9" w:rsidRPr="00A73F5A" w:rsidRDefault="008A40CC" w:rsidP="00C907F9">
+    <w:p w14:paraId="7ED63598" w14:textId="77777777" w:rsidR="00C907F9" w:rsidRPr="00A73F5A" w:rsidRDefault="00E842CD" w:rsidP="00C907F9">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="-62562199"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
@@ -27743,247 +28362,247 @@
               <w:bCs/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00C907F9" w:rsidRPr="00A73F5A">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>д</w:t>
       </w:r>
       <w:r w:rsidR="00C907F9" w:rsidRPr="00A73F5A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>окумент за собственост на имота;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7AD30126" w14:textId="77777777" w:rsidR="00C907F9" w:rsidRPr="00A73F5A" w:rsidRDefault="008A40CC" w:rsidP="00C907F9">
+    <w:p w14:paraId="7AD30126" w14:textId="77777777" w:rsidR="00C907F9" w:rsidRPr="00A73F5A" w:rsidRDefault="00E842CD" w:rsidP="00C907F9">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="-275633276"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00C907F9" w:rsidRPr="00A73F5A">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00C907F9" w:rsidRPr="00A73F5A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>документ за учредено право на строеж в имота;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BE0159B" w14:textId="77777777" w:rsidR="00C907F9" w:rsidRPr="00A73F5A" w:rsidRDefault="008A40CC" w:rsidP="00C907F9">
+    <w:p w14:paraId="0BE0159B" w14:textId="77777777" w:rsidR="00C907F9" w:rsidRPr="00A73F5A" w:rsidRDefault="00E842CD" w:rsidP="00C907F9">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="-1185361278"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00C907F9" w:rsidRPr="00A73F5A">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00C907F9" w:rsidRPr="00A73F5A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>документ за учредено вещно право на ползване на имота/обекта;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2EA98618" w14:textId="77777777" w:rsidR="00C907F9" w:rsidRPr="00A73F5A" w:rsidRDefault="008A40CC" w:rsidP="00C907F9">
+    <w:p w14:paraId="2EA98618" w14:textId="77777777" w:rsidR="00C907F9" w:rsidRPr="00A73F5A" w:rsidRDefault="00E842CD" w:rsidP="00C907F9">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="612477537"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00C907F9" w:rsidRPr="00A73F5A">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00C907F9" w:rsidRPr="00A73F5A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>договор за наем на имота/обекта;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="388A15B2" w14:textId="77777777" w:rsidR="00C907F9" w:rsidRPr="00A73F5A" w:rsidRDefault="008A40CC" w:rsidP="00C907F9">
+    <w:p w14:paraId="388A15B2" w14:textId="77777777" w:rsidR="00C907F9" w:rsidRPr="00A73F5A" w:rsidRDefault="00E842CD" w:rsidP="00C907F9">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="-1162548928"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00C907F9" w:rsidRPr="00A73F5A">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00C907F9" w:rsidRPr="00A73F5A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>нотариално заверено съгласие от собственика на имота/обекта;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D1D8BF4" w14:textId="77777777" w:rsidR="00ED3F71" w:rsidRPr="00A73F5A" w:rsidRDefault="008A40CC" w:rsidP="00C907F9">
+    <w:p w14:paraId="7D1D8BF4" w14:textId="77777777" w:rsidR="00ED3F71" w:rsidRPr="00A73F5A" w:rsidRDefault="00E842CD" w:rsidP="00C907F9">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="-1606958251"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00C907F9" w:rsidRPr="00A73F5A">
@@ -27991,100 +28610,120 @@
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00C907F9" w:rsidRPr="00A73F5A">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>актуална скица на имота</w:t>
       </w:r>
       <w:r w:rsidR="00ED3F71" w:rsidRPr="00A73F5A">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="246F1260" w14:textId="78AF6AEE" w:rsidR="00C907F9" w:rsidRPr="00A73F5A" w:rsidRDefault="008A40CC" w:rsidP="00C907F9">
+    <w:p w14:paraId="246F1260" w14:textId="78AF6AEE" w:rsidR="00C907F9" w:rsidRPr="00A73F5A" w:rsidRDefault="00E842CD" w:rsidP="00C907F9">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="1218702135"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00ED3F71" w:rsidRPr="00A73F5A">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00ED3F71" w:rsidRPr="00A73F5A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> прогнозното количество електрическа енергия, което ще се консумира и отдава от/в мрежата (помесечен график) по етапи на въвеждане в експлоатация.</w:t>
+        <w:t xml:space="preserve"> прогнозното количество електрическа енергия, което ще се консумира и отдава от/в мрежата (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00ED3F71" w:rsidRPr="00A73F5A">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>помесечен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00ED3F71" w:rsidRPr="00A73F5A">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> график) по етапи на въвеждане в експлоатация.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C7E2E91" w14:textId="74C67046" w:rsidR="009F4068" w:rsidRPr="00A73F5A" w:rsidRDefault="008A40CC" w:rsidP="009F4068">
+    <w:p w14:paraId="0C7E2E91" w14:textId="74C67046" w:rsidR="009F4068" w:rsidRPr="00A73F5A" w:rsidRDefault="00E842CD" w:rsidP="009F4068">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="1000930205"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
@@ -28266,99 +28905,147 @@
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B113226" w14:textId="77777777" w:rsidR="00F60A62" w:rsidRPr="00A73F5A" w:rsidRDefault="00F60A62" w:rsidP="00F60A62">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A73F5A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>Срокът за отстраняване на непълнотите и несъответствията в документите и/или за представяне на допълнително необходимите документи и информация е тридесет (30) дни от датата на получаване на нашето  уведомление.</w:t>
+        <w:t xml:space="preserve">Срокът за отстраняване на </w:t>
       </w:r>
-    </w:p>
-[...2 lines deleted...]
-        <w:jc w:val="both"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A73F5A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>непълнотите</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A73F5A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>Срокът за предоставяне на становище започва да тече от датата на представяне на допълнителните документи и информация.</w:t>
+        <w:t xml:space="preserve"> и несъответствията в документите и/или за представяне на допълнително необходимите документи и информация е тридесет (30) дни от датата на получаване на нашето  уведомление.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10AC5B1A" w14:textId="77777777" w:rsidR="00F60A62" w:rsidRPr="00A73F5A" w:rsidRDefault="00F60A62" w:rsidP="00F60A62">
+    <w:p w14:paraId="1DBDAD41" w14:textId="77777777" w:rsidR="00F60A62" w:rsidRPr="00A73F5A" w:rsidRDefault="00F60A62" w:rsidP="00F60A62">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A73F5A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>Процедурата по присъединяване на обекта се прекратява, в случай че не отстраните непълнотите и несъответствията в документите или не представите допълнително необходимите документи и информация в посочения срок.</w:t>
+        <w:t>Срокът за предоставяне на становище започва да тече от датата на представяне на допълнителните документи и информация.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10AC5B1A" w14:textId="77777777" w:rsidR="00F60A62" w:rsidRPr="00A73F5A" w:rsidRDefault="00F60A62" w:rsidP="00F60A62">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A73F5A">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Процедурата по присъединяване на обекта се прекратява, в случай че не отстраните </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A73F5A">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>непълнотите</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A73F5A">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и несъответствията в документите или не представите допълнително необходимите документи и информация в посочения срок.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5420B601" w14:textId="390754E5" w:rsidR="00C907F9" w:rsidRPr="00A73F5A" w:rsidRDefault="00C907F9" w:rsidP="00C907F9">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6B6789EE" w14:textId="6BCDEB39" w:rsidR="00C907F9" w:rsidRPr="00A73F5A" w:rsidRDefault="009F4068" w:rsidP="00C907F9">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A73F5A">
         <w:rPr>
@@ -28466,51 +29153,51 @@
       <w:r w:rsidR="00501716" w:rsidRPr="00A73F5A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> за </w:t>
       </w:r>
       <w:r w:rsidR="009F4068" w:rsidRPr="00A73F5A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">дължимата цена </w:t>
       </w:r>
       <w:r w:rsidRPr="00A73F5A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>желая да я получа по следния начин:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="229DF129" w14:textId="7935B664" w:rsidR="00F0554A" w:rsidRPr="00A73F5A" w:rsidRDefault="008A40CC" w:rsidP="009F4068">
+    <w:p w14:paraId="229DF129" w14:textId="7935B664" w:rsidR="00F0554A" w:rsidRPr="00A73F5A" w:rsidRDefault="00E842CD" w:rsidP="009F4068">
       <w:pPr>
         <w:ind w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="1040861946"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
@@ -28531,51 +29218,51 @@
       <w:r w:rsidR="00F0554A" w:rsidRPr="00A73F5A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">на </w:t>
       </w:r>
       <w:r w:rsidR="00501716" w:rsidRPr="00A73F5A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">посоченият за кореспонденция </w:t>
       </w:r>
       <w:r w:rsidR="00F0554A" w:rsidRPr="00A73F5A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>имейл адрес;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20397568" w14:textId="6B6687BD" w:rsidR="00F0554A" w:rsidRPr="00A73F5A" w:rsidRDefault="008A40CC" w:rsidP="009F4068">
+    <w:p w14:paraId="20397568" w14:textId="6B6687BD" w:rsidR="00F0554A" w:rsidRPr="00A73F5A" w:rsidRDefault="00E842CD" w:rsidP="009F4068">
       <w:pPr>
         <w:ind w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="-1407530785"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
@@ -28699,51 +29386,51 @@
         </w:rPr>
         <w:t>faktura.bg</w:t>
       </w:r>
       <w:r w:rsidR="00F0554A" w:rsidRPr="00A73F5A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00F0554A" w:rsidRPr="00A73F5A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5759E382" w14:textId="67DF7AD0" w:rsidR="00F0554A" w:rsidRPr="00A73F5A" w:rsidRDefault="008A40CC" w:rsidP="009F4068">
+    <w:p w14:paraId="5759E382" w14:textId="67DF7AD0" w:rsidR="00F0554A" w:rsidRPr="00A73F5A" w:rsidRDefault="00E842CD" w:rsidP="009F4068">
       <w:pPr>
         <w:ind w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="-2065176015"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
@@ -28764,51 +29451,51 @@
       <w:r w:rsidR="00F0554A" w:rsidRPr="00A73F5A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">по пощата, на </w:t>
       </w:r>
       <w:r w:rsidR="00501716" w:rsidRPr="00A73F5A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>посочения адрес за кореспонденция</w:t>
       </w:r>
       <w:r w:rsidR="00F0554A" w:rsidRPr="00A73F5A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E79CC11" w14:textId="77777777" w:rsidR="00F0554A" w:rsidRPr="00A73F5A" w:rsidRDefault="008A40CC" w:rsidP="009F4068">
+    <w:p w14:paraId="2E79CC11" w14:textId="77777777" w:rsidR="00F0554A" w:rsidRPr="00A73F5A" w:rsidRDefault="00E842CD" w:rsidP="009F4068">
       <w:pPr>
         <w:ind w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="1056511492"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
@@ -29429,51 +30116,51 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B008EE">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C4C083B" w14:textId="619593E6" w:rsidR="0041100C" w:rsidRPr="0041100C" w:rsidRDefault="00EC7378" w:rsidP="0041100C">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="9" w:name="_Hlk189662880"/>
+      <w:bookmarkStart w:id="11" w:name="_Hlk189662880"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">2. </w:t>
       </w:r>
       <w:r w:rsidR="0041100C" w:rsidRPr="0041100C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Директен маркетинг:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0BE4B23A" w14:textId="77777777" w:rsidR="0041100C" w:rsidRPr="0041100C" w:rsidRDefault="0041100C" w:rsidP="0041100C">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
@@ -29548,51 +30235,51 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0041100C">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00DA4FE5" w:rsidRPr="0041100C">
+            <w:r w:rsidRPr="0041100C">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="0041100C">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="0041100C">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="0041100C">
@@ -29651,51 +30338,51 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0041100C">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00DA4FE5" w:rsidRPr="0041100C">
+            <w:r w:rsidRPr="0041100C">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="0041100C">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="0041100C">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="0041100C">
@@ -29861,102 +30548,128 @@
     <w:p w14:paraId="3C172CB2" w14:textId="77777777" w:rsidR="0041100C" w:rsidRPr="0041100C" w:rsidRDefault="0041100C" w:rsidP="0041100C">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0041100C">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>При липса на отбелязване се приема, че не е дадено съгласие.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="9"/>
+      <w:bookmarkEnd w:id="11"/>
     </w:p>
     <w:p w14:paraId="7146D315" w14:textId="77777777" w:rsidR="00F971F3" w:rsidRPr="00A73F5A" w:rsidRDefault="00F971F3" w:rsidP="00A52F77">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:line="280" w:lineRule="exact"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7A64164C" w14:textId="77777777" w:rsidR="00F971F3" w:rsidRPr="00A73F5A" w:rsidRDefault="00F971F3" w:rsidP="00A52F77">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:line="280" w:lineRule="exact"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6A851592" w14:textId="451CBBF9" w:rsidR="00A52F77" w:rsidRDefault="00A52F77" w:rsidP="00A52F77">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:line="280" w:lineRule="exact"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A73F5A">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">С подписване на настоящото искане заявявам, че желая бъде извършено проучване на условията и начина за присъединяване към електроразпределителната мрежа на описания(ите) по-горе обект(и) в сроковете и при условията, посочени в това искане и в действащото законодателство. </w:t>
+        <w:t>С подписване на настоящото искане заявявам, че желая бъде извършено проучване на условията и начина за присъединяване към електроразпределителната мрежа на описания(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A73F5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>ите</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A73F5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) по-горе обект(и) в сроковете и при условията, посочени в това искане и в действащото законодателство. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="03D89AE5" w14:textId="23B20F9C" w:rsidR="009E7386" w:rsidRPr="00A73F5A" w:rsidRDefault="009E7386" w:rsidP="00A52F77">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:line="280" w:lineRule="exact"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
@@ -30454,51 +31167,50 @@
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="1DE43837" w14:textId="77777777" w:rsidR="0096719A" w:rsidRDefault="0096719A" w:rsidP="00A97898">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="4ACE61C3" w14:textId="77777777" w:rsidR="0096719A" w:rsidRDefault="0096719A" w:rsidP="00A97898">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Frutiger Next for EVN Light">
-    <w:altName w:val="Corbel Light"/>
     <w:panose1 w:val="020B0303040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -30624,150 +31336,150 @@
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
                       <a:spLocks noChangeArrowheads="1"/>
                     </wps:cNvSpPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="333375" cy="858520"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="9525">
                         <a:noFill/>
                         <a:miter lim="800000"/>
                         <a:headEnd/>
                         <a:tailEnd/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="56C9A956" w14:textId="00727ACA" w:rsidR="0096719A" w:rsidRPr="00DE400F" w:rsidRDefault="00371EC3" w:rsidP="00B75053">
+                        <w:p w14:paraId="56C9A956" w14:textId="3A27A37D" w:rsidR="0096719A" w:rsidRPr="00DE400F" w:rsidRDefault="00371EC3" w:rsidP="00B75053">
                           <w:pPr>
                             <w:spacing w:line="240" w:lineRule="auto"/>
                             <w:rPr>
                               <w:rFonts w:cs="Arial"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                               <w:lang w:val="en-US"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:cs="Arial"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                               <w:lang w:val="en-US"/>
                             </w:rPr>
                             <w:t>NA</w:t>
                           </w:r>
                           <w:r w:rsidR="00661037">
                             <w:rPr>
                               <w:rFonts w:cs="Arial"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                               <w:lang w:val="en-US"/>
                             </w:rPr>
                             <w:t>446-</w:t>
                           </w:r>
-                          <w:r w:rsidR="00EF7D82">
+                          <w:r w:rsidR="00B134D4">
                             <w:rPr>
                               <w:rFonts w:cs="Arial"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                               <w:lang w:val="en-US"/>
                             </w:rPr>
-                            <w:t>0525</w:t>
+                            <w:t>0126</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="vert270" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="043769F3" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:-52.95pt;margin-top:-43.5pt;width:26.25pt;height:67.6pt;z-index:251663360;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAESGpE9gEAAM8DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tuGyEQfa/Uf0C812u73tpZeR2lSVNV&#10;Si9S2g8Ys6wXFRgK2Lv++w6s41jpW1QeEDBwZs6Zw/p6MJodpA8Kbc1nkyln0gpslN3V/NfP+3cr&#10;zkIE24BGK2t+lIFfb96+WfeuknPsUDfSMwKxoepdzbsYXVUUQXTSQJigk5aCLXoDkbZ+VzQeekI3&#10;uphPpx+KHn3jPAoZAp3ejUG+yfhtK0X83rZBRqZrTrXFPPs8b9NcbNZQ7Ty4TolTGfCKKgwoS0nP&#10;UHcQge29+gfKKOExYBsnAk2BbauEzByIzWz6gs1jB05mLiROcGeZwv+DFd8Oj+6HZ3H4iAM1MJMI&#10;7gHF78As3nZgd/LGe+w7CQ0lniXJit6F6vQ0SR2qkEC2/VdsqMmwj5iBhtabpArxZIRODTieRZdD&#10;ZIIO39NYlpwJCq3KVTnPTSmgenrsfIifJRqWFjX31NMMDoeHEFMxUD1dSbks3iutc1+1ZX3Nr8p5&#10;mR9cRIyKZDutDOWcpjEaIXH8ZJv8OILS45oSaHsinXiOjOOwHehiIr/F5kj0PY72ou9AizTPl0S5&#10;J3fVPPzZg5ec6S+WVLyaLRbJjnmzKJdEmvnLyPYyAlZ0SKaNnI3L25gtPNK9IbVblZV4LuZULrkm&#10;C3RyeLLl5T7fev6Hm78AAAD//wMAUEsDBBQABgAIAAAAIQA8c3l34gAAAAsBAAAPAAAAZHJzL2Rv&#10;d25yZXYueG1sTI/LTsMwEEX3SPyDNUjsUrsvCCFOhUBUYlO1ARbsnNgkEfY4xG6T/j3DCnYzmqM7&#10;5+abyVl2MkPoPEqYzwQwg7XXHTYS3l6fkxRYiAq1sh6NhLMJsCkuL3KVaT/iwZzK2DAKwZApCW2M&#10;fcZ5qFvjVJj53iDdPv3gVKR1aLge1EjhzvKFEDfcqQ7pQ6t689ia+qs8Ognv1e5sD/3yQ3Tjy37a&#10;fu/Lp20j5fXV9HAPLJop/sHwq0/qUJBT5Y+oA7MSkrlY3xFLU3pLrQhJ1ssVsErCKl0AL3L+v0Px&#10;AwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29u&#10;dGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAA&#10;LwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAARIakT2AQAAzwMAAA4AAAAAAAAAAAAAAAAA&#10;LgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhADxzeXfiAAAACwEAAA8AAAAAAAAAAAAA&#10;AAAAUAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABfBQAAAAA=&#10;" filled="f" stroked="f">
               <v:textbox style="layout-flow:vertical;mso-layout-flow-alt:bottom-to-top">
                 <w:txbxContent>
-                  <w:p w14:paraId="56C9A956" w14:textId="00727ACA" w:rsidR="0096719A" w:rsidRPr="00DE400F" w:rsidRDefault="00371EC3" w:rsidP="00B75053">
+                  <w:p w14:paraId="56C9A956" w14:textId="3A27A37D" w:rsidR="0096719A" w:rsidRPr="00DE400F" w:rsidRDefault="00371EC3" w:rsidP="00B75053">
                     <w:pPr>
                       <w:spacing w:line="240" w:lineRule="auto"/>
                       <w:rPr>
                         <w:rFonts w:cs="Arial"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:cs="Arial"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
                       <w:t>NA</w:t>
                     </w:r>
                     <w:r w:rsidR="00661037">
                       <w:rPr>
                         <w:rFonts w:cs="Arial"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
                       <w:t>446-</w:t>
                     </w:r>
-                    <w:r w:rsidR="00EF7D82">
+                    <w:r w:rsidR="00B134D4">
                       <w:rPr>
                         <w:rFonts w:cs="Arial"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
-                      <w:t>0525</w:t>
+                      <w:t>0126</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidRPr="00DE37F9">
       <w:rPr>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00DE37F9">
       <w:rPr>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
@@ -30903,132 +31615,132 @@
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
                       <a:spLocks noChangeArrowheads="1"/>
                     </wps:cNvSpPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="333375" cy="858520"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="9525">
                         <a:noFill/>
                         <a:miter lim="800000"/>
                         <a:headEnd/>
                         <a:tailEnd/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="61A97BC6" w14:textId="2C8FAF0E" w:rsidR="0096719A" w:rsidRPr="00661037" w:rsidRDefault="00661037" w:rsidP="00B75053">
+                        <w:p w14:paraId="61A97BC6" w14:textId="545EECE2" w:rsidR="0096719A" w:rsidRPr="00661037" w:rsidRDefault="00661037" w:rsidP="00B75053">
                           <w:pPr>
                             <w:spacing w:line="240" w:lineRule="auto"/>
                             <w:rPr>
                               <w:rFonts w:cs="Arial"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                               <w:lang w:val="en-US"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:cs="Arial"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                               <w:lang w:val="en-US"/>
                             </w:rPr>
-                            <w:t>NA446-0</w:t>
+                            <w:t>NA446-</w:t>
                           </w:r>
-                          <w:r w:rsidR="00EF7D82">
+                          <w:r w:rsidR="00B134D4">
                             <w:rPr>
                               <w:rFonts w:cs="Arial"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                               <w:lang w:val="en-US"/>
                             </w:rPr>
-                            <w:t>525</w:t>
+                            <w:t>0126</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="vert270" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="14DA1FF4" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-53.7pt;margin-top:-27.85pt;width:26.25pt;height:67.6pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA0XWk5+QEAANYDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO2yAQfa/Uf0C8N07SuJu14qy2u92q&#10;0vYibfsBE4xjVGAokNj5+w7Ym43at6o8IGDgzJwzh83NYDQ7Sh8U2povZnPOpBXYKLuv+Y/vD2/W&#10;nIUItgGNVtb8JAO/2b5+teldJZfYoW6kZwRiQ9W7mncxuqooguikgTBDJy0FW/QGIm39vmg89IRu&#10;dLGcz98VPfrGeRQyBDq9H4N8m/HbVor4tW2DjEzXnGqLefZ53qW52G6g2ntwnRJTGfAPVRhQlpKe&#10;oe4hAjt49ReUUcJjwDbOBJoC21YJmTkQm8X8DzZPHTiZuZA4wZ1lCv8PVnw5PrlvnsXhPQ7UwEwi&#10;uEcUPwOzeNeB3ctb77HvJDSUeJEkK3oXqulpkjpUIYHs+s/YUJPhEDEDDa03SRXiyQidGnA6iy6H&#10;yAQdvqVxVXImKLQu1+UyN6WA6vmx8yF+lGhYWtTcU08zOBwfQ0zFQPV8JeWy+KC0zn3VlvU1vy6X&#10;ZX5wETEqku20MpRznsZohMTxg23y4whKj2tKoO1EOvEcGcdhNzDVTIokDXbYnEgFj6PL6FfQIs3L&#10;K2Lek8lqHn4dwEvO9CdLYl4vVqvkyrxZlVfEnfnLyO4yAlZ0SN6NnI3Lu5idPLK+JdFblQV5KWaq&#10;msyTdZqMntx5uc+3Xr7j9jcAAAD//wMAUEsDBBQABgAIAAAAIQAYACiu4gAAAAsBAAAPAAAAZHJz&#10;L2Rvd25yZXYueG1sTI/BTsMwDIbvSLxDZCRuXTJYKStNJwRiEhe0FThwS5vQViROabK1e3vMCW62&#10;/On39xeb2Vl2NGPoPUpYLgQwg43XPbYS3l6fkltgISrUyno0Ek4mwKY8PytUrv2Ee3OsYssoBEOu&#10;JHQxDjnnoemMU2HhB4N0+/SjU5HWseV6VBOFO8uvhLjhTvVIHzo1mIfONF/VwUl4r19Odj9cf4h+&#10;et7N2+9d9bhtpby8mO/vgEUzxz8YfvVJHUpyqv0BdWBWQrIU2YpYmtI0A0ZIkq7WwGoJ2ToFXhb8&#10;f4fyBwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABb&#10;Q29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAA&#10;AAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhADRdaTn5AQAA1gMAAA4AAAAAAAAAAAAA&#10;AAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhABgAKK7iAAAACwEAAA8AAAAAAAAA&#10;AAAAAAAAUwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABiBQAAAAA=&#10;" filled="f" stroked="f">
               <v:textbox style="layout-flow:vertical;mso-layout-flow-alt:bottom-to-top">
                 <w:txbxContent>
-                  <w:p w14:paraId="61A97BC6" w14:textId="2C8FAF0E" w:rsidR="0096719A" w:rsidRPr="00661037" w:rsidRDefault="00661037" w:rsidP="00B75053">
+                  <w:p w14:paraId="61A97BC6" w14:textId="545EECE2" w:rsidR="0096719A" w:rsidRPr="00661037" w:rsidRDefault="00661037" w:rsidP="00B75053">
                     <w:pPr>
                       <w:spacing w:line="240" w:lineRule="auto"/>
                       <w:rPr>
                         <w:rFonts w:cs="Arial"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:cs="Arial"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
-                      <w:t>NA446-0</w:t>
+                      <w:t>NA446-</w:t>
                     </w:r>
-                    <w:r w:rsidR="00EF7D82">
+                    <w:r w:rsidR="00B134D4">
                       <w:rPr>
                         <w:rFonts w:cs="Arial"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
-                      <w:t>525</w:t>
+                      <w:t>0126</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
   <w:p w14:paraId="7C2E4D48" w14:textId="77777777" w:rsidR="0096719A" w:rsidRPr="0059770B" w:rsidRDefault="0096719A" w:rsidP="00A92204">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="2891"/>
         <w:tab w:val="left" w:pos="5159"/>
         <w:tab w:val="left" w:pos="7257"/>
       </w:tabs>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="288" w:lineRule="auto"/>
       <w:textAlignment w:val="center"/>
       <w:rPr>
         <w:rFonts w:cs="Frutiger Next for EVN Light"/>
         <w:noProof/>
@@ -33577,67 +34289,67 @@
   </w:num>
   <w:num w:numId="13" w16cid:durableId="2044549657">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="321545371">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1516335907">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="673651266">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="739983415">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="605581933">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="8"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="130"/>
+  <w:zoom w:percent="120"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="de-DE" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="1"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="4096" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="de-DE" w:vendorID="64" w:dllVersion="4096" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="ru-RU" w:vendorID="64" w:dllVersion="4096" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="de-DE" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="de-AT" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="ru-RU" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="CEFeACBKLD853n+OyQ6LLuFN3dczDaz9PV3ATqYfrSTcMB4aEeHjaY6r4HANNCrVf7t9SgjxfsLoX2aZ7pAD8w==" w:salt="l2lMzMuuYWuqBF+FD3KshQ=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="B6WYM7uMzro5aNwpZTfuzp2jMHkYYpVauoJGECJAHMr/u8A/g7ENnJErdP791yWz6JtD2t34x47gdq4XHtQTVA==" w:salt="dXrwbKRn645xjlDLP7+EGQ=="/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="159745"/>
+    <o:shapedefaults v:ext="edit" spidmax="167937"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002463D2"/>
     <w:rsid w:val="00001630"/>
     <w:rsid w:val="000025FE"/>
     <w:rsid w:val="0000290F"/>
     <w:rsid w:val="00002FB5"/>
     <w:rsid w:val="00004058"/>
     <w:rsid w:val="0000590A"/>
@@ -33649,88 +34361,90 @@
     <w:rsid w:val="00021FD0"/>
     <w:rsid w:val="000247D9"/>
     <w:rsid w:val="0003181D"/>
     <w:rsid w:val="00032B10"/>
     <w:rsid w:val="00032C8E"/>
     <w:rsid w:val="0003513B"/>
     <w:rsid w:val="00037AA5"/>
     <w:rsid w:val="00037BAB"/>
     <w:rsid w:val="00040367"/>
     <w:rsid w:val="00041119"/>
     <w:rsid w:val="000417C4"/>
     <w:rsid w:val="00042114"/>
     <w:rsid w:val="00045FE7"/>
     <w:rsid w:val="000467DE"/>
     <w:rsid w:val="00047003"/>
     <w:rsid w:val="00056E36"/>
     <w:rsid w:val="00077112"/>
     <w:rsid w:val="000811E9"/>
     <w:rsid w:val="000856D0"/>
     <w:rsid w:val="00086441"/>
     <w:rsid w:val="00095087"/>
     <w:rsid w:val="00097C1F"/>
     <w:rsid w:val="000A175D"/>
     <w:rsid w:val="000A528B"/>
     <w:rsid w:val="000A5371"/>
+    <w:rsid w:val="000A5CDC"/>
     <w:rsid w:val="000A657F"/>
     <w:rsid w:val="000B1E27"/>
     <w:rsid w:val="000B308E"/>
     <w:rsid w:val="000B55F4"/>
     <w:rsid w:val="000C525E"/>
     <w:rsid w:val="000C7BAF"/>
     <w:rsid w:val="000D0F36"/>
     <w:rsid w:val="000D1DB9"/>
     <w:rsid w:val="000D20E3"/>
     <w:rsid w:val="000D75E3"/>
     <w:rsid w:val="000E5EC8"/>
     <w:rsid w:val="000E7527"/>
     <w:rsid w:val="000F3D2C"/>
     <w:rsid w:val="000F452B"/>
     <w:rsid w:val="000F4539"/>
     <w:rsid w:val="000F6A41"/>
     <w:rsid w:val="0010096D"/>
     <w:rsid w:val="00101BBB"/>
     <w:rsid w:val="00102B91"/>
     <w:rsid w:val="00111245"/>
     <w:rsid w:val="00114DC1"/>
     <w:rsid w:val="00115C50"/>
     <w:rsid w:val="0012034D"/>
     <w:rsid w:val="00120827"/>
     <w:rsid w:val="00122A3F"/>
     <w:rsid w:val="001320AF"/>
     <w:rsid w:val="00133B1B"/>
     <w:rsid w:val="00140B9D"/>
     <w:rsid w:val="0014330B"/>
     <w:rsid w:val="00154739"/>
     <w:rsid w:val="00155047"/>
     <w:rsid w:val="00160582"/>
     <w:rsid w:val="00160D8D"/>
     <w:rsid w:val="00162E67"/>
     <w:rsid w:val="00166E71"/>
     <w:rsid w:val="00167309"/>
     <w:rsid w:val="001725AC"/>
     <w:rsid w:val="00182385"/>
+    <w:rsid w:val="00185799"/>
     <w:rsid w:val="00187C1C"/>
     <w:rsid w:val="00190E2D"/>
     <w:rsid w:val="0019152E"/>
     <w:rsid w:val="00192DC4"/>
     <w:rsid w:val="00194B1A"/>
     <w:rsid w:val="00195323"/>
     <w:rsid w:val="00197718"/>
     <w:rsid w:val="001A1872"/>
     <w:rsid w:val="001A4B3D"/>
     <w:rsid w:val="001A6865"/>
     <w:rsid w:val="001B04D2"/>
     <w:rsid w:val="001B06B7"/>
     <w:rsid w:val="001B0CED"/>
     <w:rsid w:val="001B2EF7"/>
     <w:rsid w:val="001B578B"/>
     <w:rsid w:val="001B7D93"/>
     <w:rsid w:val="001C76F6"/>
     <w:rsid w:val="001D4604"/>
     <w:rsid w:val="001D72EA"/>
     <w:rsid w:val="001D7FBC"/>
     <w:rsid w:val="001E1AAD"/>
     <w:rsid w:val="001E1E2F"/>
     <w:rsid w:val="001E2B70"/>
     <w:rsid w:val="001E422A"/>
     <w:rsid w:val="001E7F72"/>
@@ -33798,50 +34512,51 @@
     <w:rsid w:val="00360941"/>
     <w:rsid w:val="003615F3"/>
     <w:rsid w:val="003633ED"/>
     <w:rsid w:val="00364301"/>
     <w:rsid w:val="003652EB"/>
     <w:rsid w:val="00365C79"/>
     <w:rsid w:val="00366A0E"/>
     <w:rsid w:val="00367A64"/>
     <w:rsid w:val="00371EC3"/>
     <w:rsid w:val="003735AA"/>
     <w:rsid w:val="00377FCC"/>
     <w:rsid w:val="00380234"/>
     <w:rsid w:val="00380595"/>
     <w:rsid w:val="00384098"/>
     <w:rsid w:val="00384516"/>
     <w:rsid w:val="003849D3"/>
     <w:rsid w:val="003862FC"/>
     <w:rsid w:val="003902DE"/>
     <w:rsid w:val="00395F3B"/>
     <w:rsid w:val="003A07FA"/>
     <w:rsid w:val="003A5150"/>
     <w:rsid w:val="003A6BAB"/>
     <w:rsid w:val="003B05FC"/>
     <w:rsid w:val="003B1B2A"/>
     <w:rsid w:val="003B245D"/>
+    <w:rsid w:val="003B384A"/>
     <w:rsid w:val="003B4D86"/>
     <w:rsid w:val="003B7EB9"/>
     <w:rsid w:val="003C0CBD"/>
     <w:rsid w:val="003C1A6D"/>
     <w:rsid w:val="003C24C8"/>
     <w:rsid w:val="003C3C08"/>
     <w:rsid w:val="003C54E3"/>
     <w:rsid w:val="003D1834"/>
     <w:rsid w:val="003D18DF"/>
     <w:rsid w:val="003D4075"/>
     <w:rsid w:val="003D6A0C"/>
     <w:rsid w:val="003E2EE0"/>
     <w:rsid w:val="003E444D"/>
     <w:rsid w:val="003E729D"/>
     <w:rsid w:val="003E7F87"/>
     <w:rsid w:val="003F464F"/>
     <w:rsid w:val="003F5F56"/>
     <w:rsid w:val="003F6C6E"/>
     <w:rsid w:val="003F7C8A"/>
     <w:rsid w:val="004025BB"/>
     <w:rsid w:val="004043EF"/>
     <w:rsid w:val="0041100C"/>
     <w:rsid w:val="0041143C"/>
     <w:rsid w:val="004136C6"/>
     <w:rsid w:val="00414D7E"/>
@@ -33849,80 +34564,82 @@
     <w:rsid w:val="00420058"/>
     <w:rsid w:val="00420680"/>
     <w:rsid w:val="004217C5"/>
     <w:rsid w:val="00423582"/>
     <w:rsid w:val="00426A56"/>
     <w:rsid w:val="0043081F"/>
     <w:rsid w:val="00431E18"/>
     <w:rsid w:val="00432550"/>
     <w:rsid w:val="00435A2E"/>
     <w:rsid w:val="00435E56"/>
     <w:rsid w:val="00440A64"/>
     <w:rsid w:val="00443380"/>
     <w:rsid w:val="00445762"/>
     <w:rsid w:val="00450DF7"/>
     <w:rsid w:val="00453A1D"/>
     <w:rsid w:val="0045598C"/>
     <w:rsid w:val="004566D0"/>
     <w:rsid w:val="004651EC"/>
     <w:rsid w:val="00470926"/>
     <w:rsid w:val="00471441"/>
     <w:rsid w:val="00473B1B"/>
     <w:rsid w:val="00477263"/>
     <w:rsid w:val="00487B4A"/>
     <w:rsid w:val="00493709"/>
     <w:rsid w:val="00495786"/>
+    <w:rsid w:val="004A1D6A"/>
     <w:rsid w:val="004B1BB3"/>
     <w:rsid w:val="004B33CA"/>
     <w:rsid w:val="004B455B"/>
     <w:rsid w:val="004C1C16"/>
     <w:rsid w:val="004C630A"/>
     <w:rsid w:val="004C7F65"/>
     <w:rsid w:val="004D1950"/>
     <w:rsid w:val="004D45EA"/>
     <w:rsid w:val="004D4CE0"/>
     <w:rsid w:val="004E0E72"/>
     <w:rsid w:val="004E1F62"/>
     <w:rsid w:val="004E7003"/>
     <w:rsid w:val="004F7CFD"/>
     <w:rsid w:val="00500811"/>
     <w:rsid w:val="00501716"/>
     <w:rsid w:val="005063BE"/>
     <w:rsid w:val="00506AAB"/>
     <w:rsid w:val="00514F3B"/>
     <w:rsid w:val="005161B4"/>
     <w:rsid w:val="0052245B"/>
     <w:rsid w:val="00522C9E"/>
     <w:rsid w:val="00525C15"/>
     <w:rsid w:val="0053050C"/>
     <w:rsid w:val="005305C9"/>
     <w:rsid w:val="005314D3"/>
     <w:rsid w:val="00534E31"/>
     <w:rsid w:val="0054119A"/>
     <w:rsid w:val="0054139D"/>
     <w:rsid w:val="005418B7"/>
     <w:rsid w:val="00545AF6"/>
+    <w:rsid w:val="00553D21"/>
     <w:rsid w:val="00555E46"/>
     <w:rsid w:val="00561F24"/>
     <w:rsid w:val="00564501"/>
     <w:rsid w:val="00566AE6"/>
     <w:rsid w:val="00566D3E"/>
     <w:rsid w:val="00567FD1"/>
     <w:rsid w:val="0057229B"/>
     <w:rsid w:val="00572A2B"/>
     <w:rsid w:val="00581B19"/>
     <w:rsid w:val="00582E35"/>
     <w:rsid w:val="005834CC"/>
     <w:rsid w:val="00594B6C"/>
     <w:rsid w:val="005978DE"/>
     <w:rsid w:val="005A1A86"/>
     <w:rsid w:val="005A1DE7"/>
     <w:rsid w:val="005A223C"/>
     <w:rsid w:val="005A33B7"/>
     <w:rsid w:val="005A3C7C"/>
     <w:rsid w:val="005A3D47"/>
     <w:rsid w:val="005A48A0"/>
     <w:rsid w:val="005A55C1"/>
     <w:rsid w:val="005A6DD6"/>
     <w:rsid w:val="005B29C2"/>
     <w:rsid w:val="005B4D1D"/>
     <w:rsid w:val="005B6443"/>
@@ -33974,50 +34691,51 @@
     <w:rsid w:val="00690E6F"/>
     <w:rsid w:val="00697190"/>
     <w:rsid w:val="006A01D7"/>
     <w:rsid w:val="006A20FB"/>
     <w:rsid w:val="006A2ABB"/>
     <w:rsid w:val="006A5FB9"/>
     <w:rsid w:val="006A764D"/>
     <w:rsid w:val="006A7DC4"/>
     <w:rsid w:val="006B12B7"/>
     <w:rsid w:val="006B2209"/>
     <w:rsid w:val="006B2D7E"/>
     <w:rsid w:val="006B54FA"/>
     <w:rsid w:val="006B685B"/>
     <w:rsid w:val="006C03C5"/>
     <w:rsid w:val="006D20D3"/>
     <w:rsid w:val="006D245E"/>
     <w:rsid w:val="006D3713"/>
     <w:rsid w:val="006D4061"/>
     <w:rsid w:val="006D4549"/>
     <w:rsid w:val="006D511B"/>
     <w:rsid w:val="006D6D8E"/>
     <w:rsid w:val="006D6F85"/>
     <w:rsid w:val="006E30EC"/>
     <w:rsid w:val="006E4C6F"/>
     <w:rsid w:val="006E679A"/>
+    <w:rsid w:val="006F31A6"/>
     <w:rsid w:val="006F36F5"/>
     <w:rsid w:val="00703611"/>
     <w:rsid w:val="00707F51"/>
     <w:rsid w:val="00711CBA"/>
     <w:rsid w:val="007146CD"/>
     <w:rsid w:val="00715AFC"/>
     <w:rsid w:val="00724EF7"/>
     <w:rsid w:val="00731C63"/>
     <w:rsid w:val="00732124"/>
     <w:rsid w:val="00733DFA"/>
     <w:rsid w:val="00733F00"/>
     <w:rsid w:val="00737DEE"/>
     <w:rsid w:val="00741D92"/>
     <w:rsid w:val="007455A9"/>
     <w:rsid w:val="007510D6"/>
     <w:rsid w:val="00751CB9"/>
     <w:rsid w:val="0075544A"/>
     <w:rsid w:val="00755E47"/>
     <w:rsid w:val="00773B20"/>
     <w:rsid w:val="00777B64"/>
     <w:rsid w:val="00780A8C"/>
     <w:rsid w:val="00781388"/>
     <w:rsid w:val="0078284C"/>
     <w:rsid w:val="00782857"/>
     <w:rsid w:val="00784C5C"/>
@@ -34080,50 +34798,51 @@
     <w:rsid w:val="008D66A2"/>
     <w:rsid w:val="008E161B"/>
     <w:rsid w:val="008E6217"/>
     <w:rsid w:val="008E6DEB"/>
     <w:rsid w:val="008F3F0E"/>
     <w:rsid w:val="008F78AB"/>
     <w:rsid w:val="008F7E8F"/>
     <w:rsid w:val="009027AD"/>
     <w:rsid w:val="00903189"/>
     <w:rsid w:val="009033D2"/>
     <w:rsid w:val="009105E6"/>
     <w:rsid w:val="009159C8"/>
     <w:rsid w:val="00915A52"/>
     <w:rsid w:val="00917075"/>
     <w:rsid w:val="00920787"/>
     <w:rsid w:val="00921623"/>
     <w:rsid w:val="00923275"/>
     <w:rsid w:val="00925B91"/>
     <w:rsid w:val="00926355"/>
     <w:rsid w:val="00930FC2"/>
     <w:rsid w:val="00934CA8"/>
     <w:rsid w:val="00936350"/>
     <w:rsid w:val="009408BF"/>
     <w:rsid w:val="00942DBC"/>
     <w:rsid w:val="009437EF"/>
+    <w:rsid w:val="0095066B"/>
     <w:rsid w:val="00951C07"/>
     <w:rsid w:val="00955064"/>
     <w:rsid w:val="00956010"/>
     <w:rsid w:val="00961DB7"/>
     <w:rsid w:val="00962201"/>
     <w:rsid w:val="00963A9D"/>
     <w:rsid w:val="009657AE"/>
     <w:rsid w:val="00965969"/>
     <w:rsid w:val="0096719A"/>
     <w:rsid w:val="00970D3F"/>
     <w:rsid w:val="00972B83"/>
     <w:rsid w:val="00972D07"/>
     <w:rsid w:val="00977921"/>
     <w:rsid w:val="00982A30"/>
     <w:rsid w:val="00985F00"/>
     <w:rsid w:val="00994D38"/>
     <w:rsid w:val="00995AB3"/>
     <w:rsid w:val="009975F6"/>
     <w:rsid w:val="009A0B47"/>
     <w:rsid w:val="009A312A"/>
     <w:rsid w:val="009A5BE5"/>
     <w:rsid w:val="009B015A"/>
     <w:rsid w:val="009B05F4"/>
     <w:rsid w:val="009B15C6"/>
     <w:rsid w:val="009B44F2"/>
@@ -34153,104 +34872,107 @@
     <w:rsid w:val="00A07F0B"/>
     <w:rsid w:val="00A12987"/>
     <w:rsid w:val="00A14FC8"/>
     <w:rsid w:val="00A16F4A"/>
     <w:rsid w:val="00A209B9"/>
     <w:rsid w:val="00A20ADB"/>
     <w:rsid w:val="00A217C4"/>
     <w:rsid w:val="00A23181"/>
     <w:rsid w:val="00A253F4"/>
     <w:rsid w:val="00A27686"/>
     <w:rsid w:val="00A301A1"/>
     <w:rsid w:val="00A31A62"/>
     <w:rsid w:val="00A33797"/>
     <w:rsid w:val="00A33B0E"/>
     <w:rsid w:val="00A36464"/>
     <w:rsid w:val="00A43DFE"/>
     <w:rsid w:val="00A52F77"/>
     <w:rsid w:val="00A6131B"/>
     <w:rsid w:val="00A67E48"/>
     <w:rsid w:val="00A67FC0"/>
     <w:rsid w:val="00A73F5A"/>
     <w:rsid w:val="00A77526"/>
     <w:rsid w:val="00A80E93"/>
     <w:rsid w:val="00A83949"/>
     <w:rsid w:val="00A85BAD"/>
+    <w:rsid w:val="00A90BD1"/>
     <w:rsid w:val="00A92204"/>
     <w:rsid w:val="00A97898"/>
     <w:rsid w:val="00AA082B"/>
     <w:rsid w:val="00AA583E"/>
     <w:rsid w:val="00AA6364"/>
     <w:rsid w:val="00AA691A"/>
     <w:rsid w:val="00AA6A2D"/>
     <w:rsid w:val="00AA6BA6"/>
     <w:rsid w:val="00AB0EAF"/>
     <w:rsid w:val="00AB538F"/>
     <w:rsid w:val="00AB5A4E"/>
     <w:rsid w:val="00AB6A18"/>
     <w:rsid w:val="00AC0538"/>
     <w:rsid w:val="00AC1D65"/>
     <w:rsid w:val="00AC3877"/>
     <w:rsid w:val="00AD2BEA"/>
     <w:rsid w:val="00AD54EA"/>
     <w:rsid w:val="00AE061E"/>
     <w:rsid w:val="00AE4E8A"/>
     <w:rsid w:val="00AF3133"/>
     <w:rsid w:val="00B008EE"/>
     <w:rsid w:val="00B00BFA"/>
     <w:rsid w:val="00B013AB"/>
     <w:rsid w:val="00B021FF"/>
     <w:rsid w:val="00B02951"/>
+    <w:rsid w:val="00B134D4"/>
     <w:rsid w:val="00B2330E"/>
     <w:rsid w:val="00B2365F"/>
     <w:rsid w:val="00B2408C"/>
     <w:rsid w:val="00B253C0"/>
     <w:rsid w:val="00B25F01"/>
     <w:rsid w:val="00B271B3"/>
     <w:rsid w:val="00B32B53"/>
     <w:rsid w:val="00B34796"/>
     <w:rsid w:val="00B34996"/>
     <w:rsid w:val="00B352BA"/>
     <w:rsid w:val="00B36BA8"/>
     <w:rsid w:val="00B36D55"/>
     <w:rsid w:val="00B37377"/>
     <w:rsid w:val="00B43B02"/>
     <w:rsid w:val="00B4724D"/>
     <w:rsid w:val="00B506E2"/>
     <w:rsid w:val="00B51789"/>
     <w:rsid w:val="00B536C9"/>
     <w:rsid w:val="00B5769A"/>
     <w:rsid w:val="00B6068C"/>
     <w:rsid w:val="00B64700"/>
     <w:rsid w:val="00B66D32"/>
     <w:rsid w:val="00B66FC5"/>
     <w:rsid w:val="00B72C7C"/>
     <w:rsid w:val="00B73165"/>
     <w:rsid w:val="00B75053"/>
     <w:rsid w:val="00B7516B"/>
     <w:rsid w:val="00B802D1"/>
     <w:rsid w:val="00B80FDE"/>
+    <w:rsid w:val="00B81742"/>
     <w:rsid w:val="00B819F4"/>
     <w:rsid w:val="00B830E9"/>
     <w:rsid w:val="00B8554D"/>
     <w:rsid w:val="00B92D36"/>
     <w:rsid w:val="00B97250"/>
     <w:rsid w:val="00BA24A8"/>
     <w:rsid w:val="00BB0D4A"/>
     <w:rsid w:val="00BB3607"/>
     <w:rsid w:val="00BB678D"/>
     <w:rsid w:val="00BC0901"/>
     <w:rsid w:val="00BC0B8C"/>
     <w:rsid w:val="00BC1BB5"/>
     <w:rsid w:val="00BC2C51"/>
     <w:rsid w:val="00BC3782"/>
     <w:rsid w:val="00BC4F98"/>
     <w:rsid w:val="00BD0D0A"/>
     <w:rsid w:val="00BD4C0A"/>
     <w:rsid w:val="00BD7050"/>
     <w:rsid w:val="00BE006D"/>
     <w:rsid w:val="00BE5D7F"/>
     <w:rsid w:val="00BE6C51"/>
     <w:rsid w:val="00BE75C4"/>
     <w:rsid w:val="00BE7752"/>
     <w:rsid w:val="00BE7A4E"/>
     <w:rsid w:val="00BE7AE8"/>
@@ -34355,50 +35077,51 @@
     <w:rsid w:val="00E047A9"/>
     <w:rsid w:val="00E0789A"/>
     <w:rsid w:val="00E10F80"/>
     <w:rsid w:val="00E138E6"/>
     <w:rsid w:val="00E1472B"/>
     <w:rsid w:val="00E222F7"/>
     <w:rsid w:val="00E23415"/>
     <w:rsid w:val="00E24321"/>
     <w:rsid w:val="00E257F6"/>
     <w:rsid w:val="00E41107"/>
     <w:rsid w:val="00E41602"/>
     <w:rsid w:val="00E4279E"/>
     <w:rsid w:val="00E4429A"/>
     <w:rsid w:val="00E45FDC"/>
     <w:rsid w:val="00E472F3"/>
     <w:rsid w:val="00E55A76"/>
     <w:rsid w:val="00E629A9"/>
     <w:rsid w:val="00E641CA"/>
     <w:rsid w:val="00E67182"/>
     <w:rsid w:val="00E70117"/>
     <w:rsid w:val="00E71A59"/>
     <w:rsid w:val="00E732B7"/>
     <w:rsid w:val="00E7375C"/>
     <w:rsid w:val="00E819EA"/>
     <w:rsid w:val="00E8275F"/>
+    <w:rsid w:val="00E842CD"/>
     <w:rsid w:val="00E86CB7"/>
     <w:rsid w:val="00E875E8"/>
     <w:rsid w:val="00E960A0"/>
     <w:rsid w:val="00EA006F"/>
     <w:rsid w:val="00EB0D72"/>
     <w:rsid w:val="00EB4A8D"/>
     <w:rsid w:val="00EB4C5A"/>
     <w:rsid w:val="00EB4D35"/>
     <w:rsid w:val="00EC1987"/>
     <w:rsid w:val="00EC7378"/>
     <w:rsid w:val="00ED243C"/>
     <w:rsid w:val="00ED3F71"/>
     <w:rsid w:val="00EE0B37"/>
     <w:rsid w:val="00EE1E67"/>
     <w:rsid w:val="00EE2F81"/>
     <w:rsid w:val="00EE346A"/>
     <w:rsid w:val="00EE4595"/>
     <w:rsid w:val="00EE6950"/>
     <w:rsid w:val="00EE7A40"/>
     <w:rsid w:val="00EF05CF"/>
     <w:rsid w:val="00EF1057"/>
     <w:rsid w:val="00EF3C2E"/>
     <w:rsid w:val="00EF7D82"/>
     <w:rsid w:val="00F0073F"/>
     <w:rsid w:val="00F00E53"/>
@@ -34456,51 +35179,51 @@
     <w:rsid w:val="00FE2D5F"/>
     <w:rsid w:val="00FE322A"/>
     <w:rsid w:val="00FE7EBA"/>
     <w:rsid w:val="00FF1BDA"/>
     <w:rsid w:val="00FF38F8"/>
     <w:rsid w:val="00FF5B6D"/>
     <w:rsid w:val="00FF5E56"/>
     <w:rsid w:val="00FF7BC3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="bg-BG"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="159745"/>
+    <o:shapedefaults v:ext="edit" spidmax="167937"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="6BF7C306"/>
   <w15:docId w15:val="{2943B26D-F7F3-4908-9D76-34FF7AF0F4CA}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
         <w:lang w:val="bg-BG" w:eastAsia="bg-BG" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -36523,84 +37246,84 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E33866F3-6C5C-44D5-B96E-976EEEBA2E36}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>13</Pages>
-  <Words>4608</Words>
-  <Characters>26266</Characters>
+  <Words>4610</Words>
+  <Characters>26281</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>218</Lines>
+  <Lines>219</Lines>
   <Paragraphs>61</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Заглавие</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>EVN AG</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>30813</CharactersWithSpaces>
+  <CharactersWithSpaces>30830</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Tangarov Mitko</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>