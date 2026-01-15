--- v0 (2025-10-08)
+++ v1 (2026-01-15)
@@ -3,85 +3,84 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="3CE3C2AF" w14:textId="77777777" w:rsidR="00A31D7A" w:rsidRDefault="00A31D7A"/>
     <w:p w14:paraId="08B07F8E" w14:textId="77777777" w:rsidR="00A31D7A" w:rsidRDefault="00A31D7A"/>
     <w:p w14:paraId="761A251A" w14:textId="77777777" w:rsidR="00CB4848" w:rsidRDefault="00CB4848"/>
     <w:p w14:paraId="640E5153" w14:textId="77777777" w:rsidR="00275A65" w:rsidRPr="00275A65" w:rsidRDefault="00275A65">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9777" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4888"/>
         <w:gridCol w:w="4889"/>
       </w:tblGrid>
       <w:tr w:rsidR="008D3423" w:rsidRPr="00CB4848" w14:paraId="11911818" w14:textId="77777777" w:rsidTr="00A31D7A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4888" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1452D929" w14:textId="77777777" w:rsidR="00390106" w:rsidRPr="00CB4848" w:rsidRDefault="008D3423" w:rsidP="00636CCD">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB4848">
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
               <w:t>Д</w:t>
             </w:r>
             <w:r w:rsidRPr="00CB4848">
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
@@ -349,51 +348,50 @@
             <w:r w:rsidRPr="00CB4848">
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:b w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>............................</w:t>
             </w:r>
             <w:r w:rsidRPr="00CB4848">
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="1"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4889" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7CBB8653" w14:textId="77777777" w:rsidR="008D3423" w:rsidRPr="00CB4848" w:rsidRDefault="008D3423" w:rsidP="00CB4848">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB4848">
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
               <w:t>Вх</w:t>
             </w:r>
             <w:r w:rsidRPr="00CB4848">
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
@@ -626,87 +624,87 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00CB4848">
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:bCs/>
                 <w:color w:val="808080"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
             <w:r w:rsidRPr="00CB4848">
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:bCs/>
                 <w:color w:val="808080"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
               <w:t>записва се кодът на услугата/</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="13846D6E" w14:textId="77777777" w:rsidR="008D3423" w:rsidRPr="00CB4848" w:rsidRDefault="008D3423" w:rsidP="00636CCD">
+          <w:p w14:paraId="13846D6E" w14:textId="528D4DFA" w:rsidR="008D3423" w:rsidRPr="00CB4848" w:rsidRDefault="008D3423" w:rsidP="00636CCD">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB4848">
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
               <w:t>Такса</w:t>
             </w:r>
             <w:bookmarkStart w:id="4" w:name="Text3"/>
             <w:r w:rsidRPr="00CB4848">
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CB4848">
+            <w:r w:rsidR="00605CA4">
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
-              <w:t>лв.</w:t>
+              <w:t>€</w:t>
             </w:r>
             <w:r w:rsidRPr="00CB4848">
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:r w:rsidR="00BD4F46" w:rsidRPr="00CB4848">
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:default w:val="......................."/>
                   </w:textInput>
@@ -1592,60 +1590,60 @@
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="9" w:name="Kontrollkästchen1"/>
       <w:r w:rsidR="00ED11FD" w:rsidRPr="00A31D7A">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="001564B4">
-[...8 lines deleted...]
-      <w:r w:rsidR="001564B4">
+      <w:r w:rsidR="00ED11FD" w:rsidRPr="00A31D7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00ED11FD" w:rsidRPr="00A31D7A">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00ED11FD" w:rsidRPr="00A31D7A">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="9"/>
       <w:r w:rsidR="00D34DEE" w:rsidRPr="00A31D7A">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
@@ -1683,60 +1681,60 @@
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="10" w:name="Kontrollkästchen2"/>
       <w:r w:rsidR="00ED11FD" w:rsidRPr="00A31D7A">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="001564B4">
-[...8 lines deleted...]
-      <w:r w:rsidR="001564B4">
+      <w:r w:rsidR="00ED11FD" w:rsidRPr="00A31D7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00ED11FD" w:rsidRPr="00A31D7A">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00ED11FD" w:rsidRPr="00A31D7A">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="10"/>
       <w:r w:rsidRPr="00A31D7A">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
@@ -3065,60 +3063,60 @@
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00A31D7A">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="001564B4">
-[...8 lines deleted...]
-      <w:r w:rsidR="001564B4">
+      <w:r w:rsidRPr="00A31D7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00A31D7A">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00A31D7A">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00A31D7A">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
@@ -3134,60 +3132,60 @@
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00A31D7A">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="001564B4">
-[...8 lines deleted...]
-      <w:r w:rsidR="001564B4">
+      <w:r w:rsidRPr="00A31D7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00A31D7A">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00A31D7A">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00A31D7A">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
@@ -5296,60 +5294,60 @@
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="20" w:name="Check1"/>
       <w:r w:rsidR="00D106C4" w:rsidRPr="00A31D7A">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="001564B4">
-[...8 lines deleted...]
-      <w:r w:rsidR="001564B4">
+      <w:r w:rsidR="00D106C4" w:rsidRPr="00A31D7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00D106C4" w:rsidRPr="00A31D7A">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00D106C4" w:rsidRPr="00A31D7A">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="20"/>
       <w:r w:rsidRPr="00A31D7A">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
@@ -5367,60 +5365,60 @@
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="21" w:name="Check2"/>
       <w:r w:rsidR="00D106C4" w:rsidRPr="00A31D7A">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="001564B4">
-[...8 lines deleted...]
-      <w:r w:rsidR="001564B4">
+      <w:r w:rsidR="00D106C4" w:rsidRPr="00A31D7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00D106C4" w:rsidRPr="00A31D7A">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00D106C4" w:rsidRPr="00A31D7A">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="21"/>
       <w:r w:rsidRPr="00A31D7A">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
@@ -7339,82 +7337,81 @@
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> ………………………………</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F67BF81" w14:textId="77777777" w:rsidR="0054407C" w:rsidRPr="00B8726A" w:rsidRDefault="00ED11FD" w:rsidP="00BD4F46">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00672F50">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen3"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="24" w:name="Kontrollkästchen3"/>
       <w:r w:rsidRPr="00672F50">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="001564B4">
+      <w:r w:rsidRPr="00672F50">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="001564B4">
+      <w:r w:rsidRPr="00672F50">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00672F50">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="24"/>
       <w:r w:rsidR="00D34DEE" w:rsidRPr="00672F50">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
@@ -7445,59 +7442,59 @@
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="25" w:name="Kontrollkästchen4"/>
       <w:r w:rsidRPr="00672F50">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="001564B4">
+      <w:r w:rsidRPr="00672F50">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="001564B4">
+      <w:r w:rsidRPr="00672F50">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00672F50">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="25"/>
       <w:r w:rsidR="00292AE7" w:rsidRPr="00672F50">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
@@ -8288,61 +8285,61 @@
         <w:rPr>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="244B1561" w14:textId="77777777" w:rsidR="00215C16" w:rsidRPr="00215C16" w:rsidRDefault="00215C16" w:rsidP="00215C16">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00215C16">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>Запознат съм, че мога да оттегля съгласието си по всяко време чрез заявление в ЕВН Офис или на имейл:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F7FF264" w14:textId="77777777" w:rsidR="00215C16" w:rsidRPr="00215C16" w:rsidRDefault="001564B4" w:rsidP="00215C16">
+    <w:p w14:paraId="6F7FF264" w14:textId="77777777" w:rsidR="00215C16" w:rsidRPr="00215C16" w:rsidRDefault="00215C16" w:rsidP="00215C16">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId7" w:history="1">
-        <w:r w:rsidR="00215C16" w:rsidRPr="00215C16">
+        <w:r w:rsidRPr="00215C16">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
             <w:sz w:val="19"/>
             <w:szCs w:val="19"/>
             <w:lang w:val="bg-BG"/>
           </w:rPr>
           <w:t>info@elyug.bg</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="1A82E376" w14:textId="77777777" w:rsidR="00215C16" w:rsidRPr="00215C16" w:rsidRDefault="00215C16" w:rsidP="00215C16">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2A5CE688" w14:textId="77777777" w:rsidR="00215C16" w:rsidRPr="00215C16" w:rsidRDefault="00215C16" w:rsidP="00215C16">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
@@ -8530,140 +8527,140 @@
         <w:pStyle w:val="Title"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00215C16" w:rsidRPr="00215C16" w:rsidSect="00A31D7A">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="567" w:right="1134" w:bottom="567" w:left="1134" w:header="283" w:footer="283" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="6147B12F" w14:textId="77777777" w:rsidR="00636CCD" w:rsidRDefault="00636CCD" w:rsidP="00163192">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="46942903" w14:textId="77777777" w:rsidR="00636CCD" w:rsidRDefault="00636CCD" w:rsidP="00163192">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Frutiger Next for EVN Light">
     <w:altName w:val="Segoe UI Semilight"/>
-    <w:panose1 w:val="00000000000000000000"/>
+    <w:panose1 w:val="020B0303040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="502F27AA" w14:textId="77777777" w:rsidR="000B7281" w:rsidRPr="00215C16" w:rsidRDefault="00275A65" w:rsidP="00CB4848">
     <w:pPr>
       <w:rPr>
         <w:iCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="en-US" w:eastAsia="bg-BG"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00275A65">
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
         <w:noProof/>
         <w:spacing w:val="4"/>
         <w:sz w:val="19"/>
         <w:szCs w:val="19"/>
         <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="60949214" wp14:editId="3EB4EA26">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-616585</wp:posOffset>
@@ -8677,427 +8674,443 @@
               <wp:docPr id="2" name="Text Box 2"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
                       <a:spLocks noChangeArrowheads="1"/>
                     </wps:cNvSpPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="334645" cy="697865"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="3D878853" w14:textId="51457278" w:rsidR="00275A65" w:rsidRPr="001564B4" w:rsidRDefault="001564B4" w:rsidP="00275A65">
+                        <w:p w14:paraId="3D878853" w14:textId="02293A03" w:rsidR="00275A65" w:rsidRPr="00A17E71" w:rsidRDefault="001564B4" w:rsidP="00275A65">
                           <w:pPr>
                             <w:rPr>
                               <w:sz w:val="14"/>
                               <w:szCs w:val="14"/>
                               <w:lang w:val="en-US"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:sz w:val="14"/>
                               <w:szCs w:val="14"/>
                             </w:rPr>
                             <w:t>N</w:t>
                           </w:r>
                           <w:r w:rsidR="00275A65" w:rsidRPr="003951D9">
                             <w:rPr>
                               <w:sz w:val="14"/>
                               <w:szCs w:val="14"/>
                             </w:rPr>
                             <w:t>M418</w:t>
                           </w:r>
                           <w:r w:rsidR="00275A65" w:rsidRPr="003951D9">
                             <w:rPr>
                               <w:sz w:val="14"/>
                               <w:szCs w:val="14"/>
                               <w:lang w:val="bg-BG"/>
                             </w:rPr>
                             <w:t>-</w:t>
                           </w:r>
-                          <w:r>
+                          <w:r w:rsidR="00A17E71">
                             <w:rPr>
                               <w:sz w:val="14"/>
                               <w:szCs w:val="14"/>
                               <w:lang w:val="en-US"/>
                             </w:rPr>
-                            <w:t>1023</w:t>
+                            <w:t>0126</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="vert270" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="60949214" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:-48.55pt;margin-top:775.5pt;width:26.35pt;height:54.95pt;z-index:251663360;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDGv/384QEAAKMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC817Id2U4Ey0GaIEWB&#10;9AGk/QCKIiWiEpdd0pb8911SjuO2t6IXguRSszOzo+3t2HfsoNAbsCVfzOacKSuhNrYp+fdvj++u&#10;OfNB2Fp0YFXJj8rz293bN9vBFWoJLXS1QkYg1heDK3kbgiuyzMtW9cLPwClLRQ3Yi0BHbLIaxUDo&#10;fZct5/N1NgDWDkEq7+n2YSryXcLXWsnwRWuvAutKTtxCWjGtVVyz3VYUDQrXGnmiIf6BRS+MpaZn&#10;qAcRBNuj+QuqNxLBgw4zCX0GWhupkgZSs5j/oea5FU4lLWSOd2eb/P+DlZ8Pz+4rsjC+h5EGmER4&#10;9wTyh2cW7lthG3WHCEOrRE2NF9GybHC+OH0arfaFjyDV8AlqGrLYB0hAo8Y+ukI6GaHTAI5n09UY&#10;mKTLq6t8na84k1Ra32yu16vUQRQvHzv04YOCnsVNyZFmmsDF4cmHSEYUL09iLwuPpuvSXDv72wU9&#10;jDeJfOQ7MQ9jNdLrKKKC+kgyEKaYUKxpE9flhqgPlJKS+597gYqz7qMlN24WeR5jlQ75arOkA15W&#10;qsuKsLIFCl/gbNrehymKe4emaanZ5L+FO3JQm6TuldiJOiUhiT6lNkbt8pxevf5bu18AAAD//wMA&#10;UEsDBBQABgAIAAAAIQBrnR/L4wAAAA0BAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyD&#10;tUjcUjuQhjbEqRCISlxQG8qBmxMvSURsh9ht0r9nOcFxZ55mZ/LNbHp2wtF3zkqIFwIY2trpzjYS&#10;Dm/P0QqYD8pq1TuLEs7oYVNcXuQq026yezyVoWEUYn2mJLQhDBnnvm7RKL9wA1ryPt1oVKBzbLge&#10;1UThpuc3QqTcqM7Sh1YN+Nhi/VUejYT36vXc74fbD9FNL7t5+70rn7aNlNdX88M9sIBz+IPhtz5V&#10;h4I6Ve5otWe9hGh9FxNKxnIZ0ypCoiRJgFUkpalYAy9y/n9F8QMAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQDGv/384QEAAKMDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQBrnR/L4wAAAA0BAAAPAAAAAAAAAAAAAAAAADsEAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAASwUAAAAA&#10;" filled="f" stroked="f">
               <v:textbox style="layout-flow:vertical;mso-layout-flow-alt:bottom-to-top">
                 <w:txbxContent>
-                  <w:p w14:paraId="3D878853" w14:textId="51457278" w:rsidR="00275A65" w:rsidRPr="001564B4" w:rsidRDefault="001564B4" w:rsidP="00275A65">
+                  <w:p w14:paraId="3D878853" w14:textId="02293A03" w:rsidR="00275A65" w:rsidRPr="00A17E71" w:rsidRDefault="001564B4" w:rsidP="00275A65">
                     <w:pPr>
                       <w:rPr>
                         <w:sz w:val="14"/>
                         <w:szCs w:val="14"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:sz w:val="14"/>
                         <w:szCs w:val="14"/>
                       </w:rPr>
                       <w:t>N</w:t>
                     </w:r>
                     <w:r w:rsidR="00275A65" w:rsidRPr="003951D9">
                       <w:rPr>
                         <w:sz w:val="14"/>
                         <w:szCs w:val="14"/>
                       </w:rPr>
                       <w:t>M418</w:t>
                     </w:r>
                     <w:r w:rsidR="00275A65" w:rsidRPr="003951D9">
                       <w:rPr>
                         <w:sz w:val="14"/>
                         <w:szCs w:val="14"/>
                         <w:lang w:val="bg-BG"/>
                       </w:rPr>
                       <w:t>-</w:t>
                     </w:r>
-                    <w:r>
+                    <w:r w:rsidR="00A17E71">
                       <w:rPr>
                         <w:sz w:val="14"/>
                         <w:szCs w:val="14"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
-                      <w:t>1023</w:t>
+                      <w:t>0126</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
   <w:p w14:paraId="3C117648" w14:textId="77777777" w:rsidR="00275A65" w:rsidRPr="00B8726A" w:rsidRDefault="00275A65" w:rsidP="00275A65">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="2891"/>
         <w:tab w:val="left" w:pos="5159"/>
         <w:tab w:val="left" w:pos="7257"/>
       </w:tabs>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="288" w:lineRule="auto"/>
       <w:textAlignment w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Frutiger Next for EVN Light"/>
         <w:color w:val="000000"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="en-US" w:eastAsia="bg-BG"/>
       </w:rPr>
     </w:pPr>
+    <w:proofErr w:type="spellStart"/>
     <w:r w:rsidRPr="00275A65">
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Frutiger Next for EVN Light"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="000000"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:eastAsia="bg-BG"/>
       </w:rPr>
       <w:t>Електроразпределение</w:t>
     </w:r>
+    <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidRPr="00B8726A">
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Frutiger Next for EVN Light"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="000000"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="en-US" w:eastAsia="bg-BG"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
+    <w:proofErr w:type="spellStart"/>
     <w:r w:rsidRPr="00275A65">
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Frutiger Next for EVN Light"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="000000"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:eastAsia="bg-BG"/>
       </w:rPr>
       <w:t>Юг</w:t>
     </w:r>
+    <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidRPr="00B8726A">
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Frutiger Next for EVN Light"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="000000"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="en-US" w:eastAsia="bg-BG"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="00275A65">
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Frutiger Next for EVN Light"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="000000"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:eastAsia="bg-BG"/>
       </w:rPr>
       <w:t>ЕАД</w:t>
     </w:r>
     <w:r w:rsidRPr="00B8726A">
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Frutiger Next for EVN Light"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="000000"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="en-US" w:eastAsia="bg-BG"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="00B8726A">
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Frutiger Next for EVN Light"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="000000"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="en-US" w:eastAsia="bg-BG"/>
       </w:rPr>
       <w:tab/>
     </w:r>
+    <w:proofErr w:type="spellStart"/>
     <w:r w:rsidRPr="00275A65">
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Frutiger Next for EVN Light"/>
         <w:color w:val="000000"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:eastAsia="bg-BG"/>
       </w:rPr>
       <w:t>ул</w:t>
     </w:r>
+    <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidRPr="00B8726A">
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Frutiger Next for EVN Light"/>
         <w:color w:val="000000"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="en-US" w:eastAsia="bg-BG"/>
       </w:rPr>
       <w:t xml:space="preserve">. </w:t>
     </w:r>
+    <w:proofErr w:type="spellStart"/>
     <w:r w:rsidRPr="00275A65">
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Frutiger Next for EVN Light"/>
         <w:color w:val="000000"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:eastAsia="bg-BG"/>
       </w:rPr>
       <w:t>Христо</w:t>
     </w:r>
+    <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidRPr="00B8726A">
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Frutiger Next for EVN Light"/>
         <w:color w:val="000000"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="en-US" w:eastAsia="bg-BG"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="00275A65">
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Frutiger Next for EVN Light"/>
         <w:color w:val="000000"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:eastAsia="bg-BG"/>
       </w:rPr>
       <w:t>Г</w:t>
     </w:r>
     <w:r w:rsidRPr="00B8726A">
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Frutiger Next for EVN Light"/>
         <w:color w:val="000000"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="en-US" w:eastAsia="bg-BG"/>
       </w:rPr>
       <w:t xml:space="preserve">. </w:t>
     </w:r>
+    <w:proofErr w:type="spellStart"/>
     <w:r w:rsidRPr="00275A65">
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Frutiger Next for EVN Light"/>
         <w:color w:val="000000"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:eastAsia="bg-BG"/>
       </w:rPr>
       <w:t>Данов</w:t>
     </w:r>
+    <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidRPr="00B8726A">
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Frutiger Next for EVN Light"/>
         <w:color w:val="000000"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="en-US" w:eastAsia="bg-BG"/>
       </w:rPr>
       <w:t xml:space="preserve"> 37 </w:t>
     </w:r>
     <w:r w:rsidRPr="00B8726A">
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Frutiger Next for EVN Light"/>
         <w:color w:val="000000"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="en-US" w:eastAsia="bg-BG"/>
       </w:rPr>
       <w:tab/>
     </w:r>
+    <w:proofErr w:type="spellStart"/>
     <w:r w:rsidRPr="00275A65">
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Frutiger Next for EVN Light"/>
         <w:color w:val="000000"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:eastAsia="bg-BG"/>
       </w:rPr>
       <w:t>Свържете</w:t>
     </w:r>
+    <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidRPr="00B8726A">
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Frutiger Next for EVN Light"/>
         <w:color w:val="000000"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="en-US" w:eastAsia="bg-BG"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
+    <w:proofErr w:type="spellStart"/>
     <w:r w:rsidRPr="00275A65">
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Frutiger Next for EVN Light"/>
         <w:color w:val="000000"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:eastAsia="bg-BG"/>
       </w:rPr>
       <w:t>се</w:t>
     </w:r>
+    <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidRPr="00B8726A">
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Frutiger Next for EVN Light"/>
         <w:color w:val="000000"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="en-US" w:eastAsia="bg-BG"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="00275A65">
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Frutiger Next for EVN Light"/>
         <w:color w:val="000000"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:eastAsia="bg-BG"/>
       </w:rPr>
       <w:t>с</w:t>
     </w:r>
     <w:r w:rsidRPr="00B8726A">
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Frutiger Next for EVN Light"/>
         <w:color w:val="000000"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="en-US" w:eastAsia="bg-BG"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
+    <w:proofErr w:type="spellStart"/>
     <w:r w:rsidRPr="00275A65">
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Frutiger Next for EVN Light"/>
         <w:color w:val="000000"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:eastAsia="bg-BG"/>
       </w:rPr>
       <w:t>нас</w:t>
     </w:r>
+    <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidRPr="00B8726A">
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Frutiger Next for EVN Light"/>
         <w:color w:val="000000"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="en-US" w:eastAsia="bg-BG"/>
       </w:rPr>
       <w:t>:</w:t>
     </w:r>
     <w:r w:rsidRPr="00B8726A">
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Frutiger Next for EVN Light"/>
         <w:color w:val="000000"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="en-US" w:eastAsia="bg-BG"/>
       </w:rPr>
       <w:tab/>
       <w:t>info@elyug.bg</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="04F38200" w14:textId="77777777" w:rsidR="00275A65" w:rsidRPr="00B8726A" w:rsidRDefault="00275A65" w:rsidP="00275A65">
     <w:pPr>
       <w:tabs>
@@ -9127,80 +9140,84 @@
         <w:lang w:eastAsia="bg-BG"/>
       </w:rPr>
       <w:t>ЕИК</w:t>
     </w:r>
     <w:r w:rsidRPr="00B8726A">
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Frutiger Next for EVN Light"/>
         <w:color w:val="000000"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="en-US" w:eastAsia="bg-BG"/>
       </w:rPr>
       <w:t xml:space="preserve"> 115552190 </w:t>
     </w:r>
     <w:r w:rsidRPr="00B8726A">
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Frutiger Next for EVN Light"/>
         <w:color w:val="000000"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="en-US" w:eastAsia="bg-BG"/>
       </w:rPr>
       <w:tab/>
       <w:t xml:space="preserve">4000 </w:t>
     </w:r>
+    <w:proofErr w:type="spellStart"/>
     <w:r w:rsidRPr="00275A65">
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Frutiger Next for EVN Light"/>
         <w:color w:val="000000"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:eastAsia="bg-BG"/>
       </w:rPr>
       <w:t>Пловдив</w:t>
     </w:r>
+    <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidRPr="00B8726A">
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Frutiger Next for EVN Light"/>
         <w:color w:val="000000"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="en-US" w:eastAsia="bg-BG"/>
       </w:rPr>
       <w:t xml:space="preserve">, </w:t>
     </w:r>
+    <w:proofErr w:type="spellStart"/>
     <w:r w:rsidRPr="00275A65">
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Frutiger Next for EVN Light"/>
         <w:color w:val="000000"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:eastAsia="bg-BG"/>
       </w:rPr>
       <w:t>България</w:t>
     </w:r>
+    <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidRPr="00B8726A">
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Frutiger Next for EVN Light"/>
         <w:color w:val="000000"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="en-US" w:eastAsia="bg-BG"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="00B8726A">
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Frutiger Next for EVN Light"/>
         <w:color w:val="000000"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="en-US" w:eastAsia="bg-BG"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="00275A65">
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Frutiger Next for EVN Light"/>
         <w:color w:val="000000"/>
         <w:sz w:val="14"/>
@@ -9213,70 +9230,70 @@
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Frutiger Next for EVN Light"/>
         <w:color w:val="000000"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="en-US" w:eastAsia="bg-BG"/>
       </w:rPr>
       <w:t xml:space="preserve"> 0700 1 0007 </w:t>
     </w:r>
     <w:r w:rsidRPr="00B8726A">
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Frutiger Next for EVN Light"/>
         <w:color w:val="000000"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="en-US" w:eastAsia="bg-BG"/>
       </w:rPr>
       <w:tab/>
       <w:t>www.elyug.bg</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="3728387C" w14:textId="77777777" w:rsidR="00636CCD" w:rsidRDefault="00636CCD" w:rsidP="00163192">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="6877DD06" w14:textId="77777777" w:rsidR="00636CCD" w:rsidRDefault="00636CCD" w:rsidP="00163192">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4B25B1CC" w14:textId="77777777" w:rsidR="008F7D84" w:rsidRPr="00A31D7A" w:rsidRDefault="00275A65" w:rsidP="0046392E">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="de-DE"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="45AAFD95" wp14:editId="4BCF08E2">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>5328920</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>177800</wp:posOffset>
@@ -9311,51 +9328,51 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1152525" cy="504825"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="15447D52"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EA3CB470"/>
     <w:lvl w:ilvl="0" w:tplc="0C07000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -9670,62 +9687,62 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1826313845">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1540556930">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="355347466">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1056779555">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="114836214">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="140"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="120"/>
   <w:displayBackgroundShape/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="93WBg9cPfc0F8FhRBoFl9eDTaGG+Xk3i6T4p2aWq5oksLOI/4Wz9ftFQV8lb5ilOUhNae5wGX/bJ1SgR0uMdww==" w:salt="sfbB36ojNhu5bKGc/vleew=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="HRFyqdKLn5BKwh5QL1cFdXtJh8G36/VKcZpLefNbeJSauQGaXsUSa9S45cyX5AneOZ/o24x7Q4DQAnJtlrGJKg==" w:salt="i7XfnEq8OmJrKR4PNV/fSQ=="/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="23553"/>
+    <o:shapedefaults v:ext="edit" spidmax="25601"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00434D25"/>
     <w:rsid w:val="000112E5"/>
     <w:rsid w:val="000268FB"/>
     <w:rsid w:val="00030F1B"/>
     <w:rsid w:val="00033258"/>
     <w:rsid w:val="00037E3A"/>
     <w:rsid w:val="00046601"/>
     <w:rsid w:val="000621B5"/>
@@ -9755,201 +9772,205 @@
     <w:rsid w:val="002030A6"/>
     <w:rsid w:val="002050B0"/>
     <w:rsid w:val="00215C16"/>
     <w:rsid w:val="00216E49"/>
     <w:rsid w:val="00230234"/>
     <w:rsid w:val="002448EA"/>
     <w:rsid w:val="00251D22"/>
     <w:rsid w:val="00275A65"/>
     <w:rsid w:val="00277C5C"/>
     <w:rsid w:val="00284022"/>
     <w:rsid w:val="00292AE7"/>
     <w:rsid w:val="002A6274"/>
     <w:rsid w:val="002C2F1B"/>
     <w:rsid w:val="002E5243"/>
     <w:rsid w:val="002F7570"/>
     <w:rsid w:val="00303AA3"/>
     <w:rsid w:val="0031013D"/>
     <w:rsid w:val="00314F55"/>
     <w:rsid w:val="0032019C"/>
     <w:rsid w:val="0034084A"/>
     <w:rsid w:val="00350730"/>
     <w:rsid w:val="00350C59"/>
     <w:rsid w:val="00351EC9"/>
     <w:rsid w:val="00390106"/>
     <w:rsid w:val="003951D9"/>
+    <w:rsid w:val="003A14E7"/>
     <w:rsid w:val="003F3E55"/>
     <w:rsid w:val="003F768C"/>
     <w:rsid w:val="004102F8"/>
     <w:rsid w:val="00425A34"/>
     <w:rsid w:val="00434D25"/>
     <w:rsid w:val="00436EAC"/>
     <w:rsid w:val="004501BC"/>
     <w:rsid w:val="00454AED"/>
     <w:rsid w:val="00456F19"/>
     <w:rsid w:val="0046392E"/>
     <w:rsid w:val="0048382E"/>
     <w:rsid w:val="00485728"/>
     <w:rsid w:val="004B307A"/>
     <w:rsid w:val="00530D59"/>
     <w:rsid w:val="005319ED"/>
     <w:rsid w:val="0053263B"/>
     <w:rsid w:val="0054407C"/>
     <w:rsid w:val="00550F73"/>
     <w:rsid w:val="00575809"/>
     <w:rsid w:val="00587685"/>
     <w:rsid w:val="005B03E1"/>
     <w:rsid w:val="005B059C"/>
     <w:rsid w:val="005D1294"/>
     <w:rsid w:val="005E0A48"/>
     <w:rsid w:val="005F5B52"/>
+    <w:rsid w:val="00605CA4"/>
     <w:rsid w:val="006142C1"/>
     <w:rsid w:val="00614CBB"/>
     <w:rsid w:val="00636CCD"/>
     <w:rsid w:val="0064075B"/>
     <w:rsid w:val="00672F50"/>
     <w:rsid w:val="00673E21"/>
     <w:rsid w:val="00675CDB"/>
     <w:rsid w:val="00690CAE"/>
     <w:rsid w:val="006C56C9"/>
     <w:rsid w:val="0071483E"/>
     <w:rsid w:val="0073082B"/>
     <w:rsid w:val="00771A2F"/>
     <w:rsid w:val="007773CC"/>
     <w:rsid w:val="00777BC5"/>
     <w:rsid w:val="007A4C2D"/>
     <w:rsid w:val="007B2EEC"/>
     <w:rsid w:val="007F0FFD"/>
     <w:rsid w:val="00800CF4"/>
     <w:rsid w:val="00807F9C"/>
     <w:rsid w:val="008114FC"/>
     <w:rsid w:val="00822D48"/>
     <w:rsid w:val="0082408D"/>
     <w:rsid w:val="00826FB7"/>
     <w:rsid w:val="00844F40"/>
     <w:rsid w:val="00893A59"/>
     <w:rsid w:val="008B78E7"/>
     <w:rsid w:val="008D3423"/>
     <w:rsid w:val="008E2018"/>
     <w:rsid w:val="008F01A8"/>
     <w:rsid w:val="008F7D84"/>
     <w:rsid w:val="00905092"/>
     <w:rsid w:val="00917C8E"/>
     <w:rsid w:val="009251CA"/>
     <w:rsid w:val="009364C7"/>
     <w:rsid w:val="00937AE1"/>
     <w:rsid w:val="00946426"/>
     <w:rsid w:val="009851BC"/>
     <w:rsid w:val="0099374A"/>
     <w:rsid w:val="009B3C8F"/>
     <w:rsid w:val="009B6B2D"/>
     <w:rsid w:val="009E67FC"/>
     <w:rsid w:val="00A0665F"/>
     <w:rsid w:val="00A10889"/>
+    <w:rsid w:val="00A17E71"/>
     <w:rsid w:val="00A31D7A"/>
     <w:rsid w:val="00B20CDF"/>
     <w:rsid w:val="00B41A64"/>
     <w:rsid w:val="00B57A02"/>
     <w:rsid w:val="00B8726A"/>
     <w:rsid w:val="00B93C42"/>
     <w:rsid w:val="00B9654D"/>
     <w:rsid w:val="00BB1918"/>
     <w:rsid w:val="00BB5F9D"/>
     <w:rsid w:val="00BD4F46"/>
     <w:rsid w:val="00BE1FDF"/>
     <w:rsid w:val="00C105EB"/>
     <w:rsid w:val="00C36E38"/>
     <w:rsid w:val="00C801AC"/>
     <w:rsid w:val="00C8286C"/>
     <w:rsid w:val="00CB4848"/>
     <w:rsid w:val="00CB60B9"/>
     <w:rsid w:val="00CC3E76"/>
     <w:rsid w:val="00CC57CD"/>
     <w:rsid w:val="00CD1EA8"/>
     <w:rsid w:val="00CE596F"/>
     <w:rsid w:val="00D106C4"/>
     <w:rsid w:val="00D34DEE"/>
     <w:rsid w:val="00D35BFC"/>
     <w:rsid w:val="00D62BA2"/>
     <w:rsid w:val="00D75D3C"/>
     <w:rsid w:val="00D96CE4"/>
     <w:rsid w:val="00DD083B"/>
     <w:rsid w:val="00DF0E2A"/>
     <w:rsid w:val="00E134A7"/>
+    <w:rsid w:val="00E35E7D"/>
     <w:rsid w:val="00E536B3"/>
     <w:rsid w:val="00E74F40"/>
     <w:rsid w:val="00E836A7"/>
     <w:rsid w:val="00EA37BA"/>
     <w:rsid w:val="00EA3B2E"/>
     <w:rsid w:val="00EC5865"/>
     <w:rsid w:val="00ED0C0C"/>
     <w:rsid w:val="00ED11FD"/>
     <w:rsid w:val="00EE6754"/>
     <w:rsid w:val="00F1432A"/>
     <w:rsid w:val="00F26634"/>
     <w:rsid w:val="00F639FE"/>
     <w:rsid w:val="00F86C65"/>
     <w:rsid w:val="00F93777"/>
     <w:rsid w:val="00F97696"/>
     <w:rsid w:val="00FB705E"/>
     <w:rsid w:val="00FC3058"/>
     <w:rsid w:val="00FD06EB"/>
     <w:rsid w:val="00FE0101"/>
     <w:rsid w:val="00FE0AAE"/>
     <w:rsid w:val="00FF7878"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="bg-BG"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="23553"/>
+    <o:shapedefaults v:ext="edit" spidmax="25601"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val="."/>
-  <w:listSeparator w:val=","/>
+  <w:decimalSymbol w:val=","/>
+  <w:listSeparator w:val=";"/>
   <w14:docId w14:val="0E809A36"/>
   <w15:docId w15:val="{FA051542-2C8E-41A4-BC89-223B576A0118}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="bg-BG" w:eastAsia="bg-BG" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -10015,94 +10036,98 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
@@ -10418,51 +10443,51 @@
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:rsid w:val="008F01A8"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="009E67FC"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1498154168">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@elyug.bg" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.wmf"/></Relationships>
@@ -10733,70 +10758,70 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
   <Words>1142</Words>
-  <Characters>6512</Characters>
+  <Characters>6510</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>54</Lines>
   <Paragraphs>15</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Вх №</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>erkpz</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7639</CharactersWithSpaces>
+  <CharactersWithSpaces>7637</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Вх №</dc:title>
   <dc:creator>Veselin Kolev</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>